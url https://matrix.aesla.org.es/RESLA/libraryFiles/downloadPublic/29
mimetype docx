--- v0 (2025-10-18)
+++ v1 (2025-12-03)
@@ -1,2942 +1,3830 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.template.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="2349E2BF" w14:textId="648C6E6F" w:rsidR="005D3467" w:rsidRPr="00301FCF" w:rsidRDefault="00901C0E" w:rsidP="00301FCF">
+    <w:p w14:paraId="3BBEA06D" w14:textId="77777777" w:rsidR="0054066B" w:rsidRPr="000D7A05" w:rsidRDefault="00CF4687" w:rsidP="00901538">
       <w:pPr>
-        <w:pStyle w:val="ReslaTiitleofarticle"/>
+        <w:pStyle w:val="RESLAARTTitleEN"/>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00301FCF">
-        <w:t>RESLA_Title</w:t>
+      <w:r w:rsidRPr="000D7A05">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>RESLA_ART_Title_EN</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00301FCF">
+    </w:p>
+    <w:p w14:paraId="1B1D4C98" w14:textId="77777777" w:rsidR="0054066B" w:rsidRPr="00CF4687" w:rsidRDefault="00CF4687">
+      <w:pPr>
+        <w:pStyle w:val="RESLAARTByline"/>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF4687">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Resla_article_byline</w:t>
+      </w:r>
+      <w:r w:rsidR="0096067D" w:rsidRPr="00CF4687">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">¹; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF4687">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Resla_article_byline</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF4687">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0096067D" w:rsidRPr="00CF4687">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>²</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E101246" w14:textId="77777777" w:rsidR="000C1378" w:rsidRPr="00CF4687" w:rsidRDefault="00000000" w:rsidP="000C1378">
+      <w:pPr>
+        <w:pStyle w:val="RESLAARTAffiliation"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF4687">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">¹ </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF4687" w:rsidRPr="00CF4687">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>University</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF4687">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF4687" w:rsidRPr="00CF4687">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>City</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF4687">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF4687" w:rsidRPr="00CF4687">
+        <w:t>Country</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF4687">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CF4687">
+        <w:t>RESLA_ART_Affiliation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CF4687">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF4687">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> | ORCID: </w:t>
+      </w:r>
+      <w:r w:rsidR="000C1378" w:rsidRPr="00CF4687">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>0000-</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF4687" w:rsidRPr="00CF4687">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>0000</w:t>
+      </w:r>
+      <w:r w:rsidR="000C1378" w:rsidRPr="00CF4687">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF4687" w:rsidRPr="00CF4687">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>0000</w:t>
+      </w:r>
+      <w:r w:rsidR="000C1378" w:rsidRPr="00CF4687">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF4687" w:rsidRPr="00CF4687">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>0000</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5999E3F7" w14:textId="77777777" w:rsidR="000C1378" w:rsidRPr="00CF4687" w:rsidRDefault="00000000" w:rsidP="000C1378">
+      <w:pPr>
+        <w:pStyle w:val="RESLAARTAffiliation"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF4687">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">² </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF4687" w:rsidRPr="00CF4687">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">University, City, </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF4687">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Country</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF4687">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> | ORCID: </w:t>
+      </w:r>
+      <w:r w:rsidR="000C1378" w:rsidRPr="00CF4687">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>0000-</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF4687" w:rsidRPr="00CF4687">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>0000</w:t>
+      </w:r>
+      <w:r w:rsidR="000C1378" w:rsidRPr="00CF4687">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF4687" w:rsidRPr="00CF4687">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>0000</w:t>
+      </w:r>
+      <w:r w:rsidR="000C1378" w:rsidRPr="00CF4687">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF4687" w:rsidRPr="00CF4687">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>0000</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FCB6114" w14:textId="77777777" w:rsidR="0054066B" w:rsidRPr="000D7A05" w:rsidRDefault="00000000" w:rsidP="000C1378">
+      <w:pPr>
+        <w:pStyle w:val="RESLAARTAffiliation"/>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D7A05">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Corresponding author: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:tooltip="email" w:history="1">
+        <w:r w:rsidR="00CF4687" w:rsidRPr="000D7A05">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:lang w:val="en-GB"/>
+          </w:rPr>
+          <w:t>email</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="3858411D" w14:textId="77777777" w:rsidR="0054066B" w:rsidRPr="002D586F" w:rsidRDefault="004548AF" w:rsidP="00901538">
+      <w:pPr>
+        <w:pStyle w:val="RESLAABSLabel"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00901538">
+        <w:t>RESUMEN</w:t>
+      </w:r>
+      <w:r w:rsidR="009D7C11">
+        <w:t xml:space="preserve"> [</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009D7C11" w:rsidRPr="009D7C11">
+        <w:t>RESLA_ABS_Label</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009D7C11">
+        <w:t>]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CC6D153" w14:textId="77777777" w:rsidR="0054066B" w:rsidRDefault="009D7C11" w:rsidP="005F72F5">
+      <w:pPr>
+        <w:pStyle w:val="RESLAABSText"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009D7C11">
+        <w:t>RESLA_ABS_Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004548AF" w:rsidRPr="004548AF">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6259242F" w14:textId="77777777" w:rsidR="004548AF" w:rsidRPr="00901538" w:rsidRDefault="004548AF" w:rsidP="00901538">
+      <w:pPr>
+        <w:pStyle w:val="RESLAKEYLabelES"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00901538">
+        <w:t>PALABRAS CLAVE</w:t>
+      </w:r>
+      <w:r w:rsidR="009D7C11">
+        <w:t xml:space="preserve"> [</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009D7C11" w:rsidRPr="009D7C11">
+        <w:t>RESLA_</w:t>
+      </w:r>
+      <w:r w:rsidR="009D7C11">
+        <w:t>KEY</w:t>
+      </w:r>
+      <w:r w:rsidR="009D7C11" w:rsidRPr="009D7C11">
+        <w:t>_Label</w:t>
+      </w:r>
+      <w:r w:rsidR="009D7C11">
+        <w:t>_ES</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009D7C11">
+        <w:t>]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10CE0069" w14:textId="77777777" w:rsidR="004548AF" w:rsidRPr="009D7C11" w:rsidRDefault="009D7C11" w:rsidP="005F72F5">
+      <w:pPr>
+        <w:pStyle w:val="RESLAABSText"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D7C11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>separate words using commas [</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009D7C11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>RESLA_ABS_Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009D7C11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49F26DBF" w14:textId="77777777" w:rsidR="000A3251" w:rsidRPr="009D7C11" w:rsidRDefault="000A3251" w:rsidP="005F72F5">
+      <w:pPr>
+        <w:pStyle w:val="RESLAABSText"/>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74691BAA" w14:textId="77777777" w:rsidR="0054066B" w:rsidRPr="000D7A05" w:rsidRDefault="009D7C11" w:rsidP="00901538">
+      <w:pPr>
+        <w:pStyle w:val="RESLAARTTitleES"/>
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D7A05">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>RESLA_ART_Title_ES</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="7F573C72" w14:textId="77777777" w:rsidR="004548AF" w:rsidRPr="00901538" w:rsidRDefault="004548AF" w:rsidP="00901538">
+      <w:pPr>
+        <w:pStyle w:val="RESLAABSLabel"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00901538">
+        <w:t>ABSTRACT</w:t>
+      </w:r>
+      <w:r w:rsidR="009D7C11">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009D7C11" w:rsidRPr="009D7C11">
+        <w:t>[RESLA_ABS_LABEL]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50B6CCA3" w14:textId="77777777" w:rsidR="004548AF" w:rsidRPr="000D7A05" w:rsidRDefault="009D7C11" w:rsidP="005F72F5">
+      <w:pPr>
+        <w:pStyle w:val="RESLAABSText"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D7A05">
+        <w:t>RESLA_ABS_Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="0FD5605C" w14:textId="77777777" w:rsidR="004548AF" w:rsidRPr="009D7C11" w:rsidRDefault="004548AF" w:rsidP="00901538">
+      <w:pPr>
+        <w:pStyle w:val="RESLAKEYLabelEN"/>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D7C11">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>KEYWORDS</w:t>
+      </w:r>
+      <w:r w:rsidR="009D7C11" w:rsidRPr="009D7C11">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [RESLA_ABS_LABEL_EN]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07DE666B" w14:textId="77777777" w:rsidR="004548AF" w:rsidRDefault="009F00B3" w:rsidP="004548AF">
+      <w:pPr>
+        <w:pStyle w:val="RESLAKEYLineEN"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F00B3">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F00B3">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>-level</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F00B3">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> adjectives, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F00B3">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>s-level</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F00B3">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00301FCF">
-        <w:t>of</w:t>
+      <w:r w:rsidRPr="009F00B3">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>adjetives</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00301FCF">
-[...25 lines deleted...]
-      <w:r w:rsidRPr="00762040">
+      <w:r w:rsidRPr="009F00B3">
         <w:rPr>
-          <w:bCs/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Author’s</w:t>
-[...118 lines deleted...]
-      <w:r w:rsidRPr="00214999">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00214999">
-        <w:t>applied</w:t>
+      <w:r w:rsidRPr="009F00B3">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>eventives</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00214999">
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="009F00B3">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nouns, non- </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00214999">
-        <w:t>linguistics</w:t>
+      <w:r w:rsidRPr="009F00B3">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>eventives</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00214999">
+      <w:r w:rsidRPr="009F00B3">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nouns, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F00B3">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>ser</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F00B3">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00214999">
-[...27 lines deleted...]
-        <w:t>level</w:t>
+      <w:r w:rsidRPr="009F00B3">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>estar</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="779B13F3" w14:textId="77777777" w:rsidR="00FA56B0" w:rsidRPr="0033178C" w:rsidRDefault="00000000" w:rsidP="001D4560">
+    <w:p w14:paraId="7A0BC4CD" w14:textId="77777777" w:rsidR="005F72F5" w:rsidRDefault="005F72F5">
       <w:pPr>
-        <w:pStyle w:val="RESLAnormal"/>
-        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0033178C">
-        <w:t xml:space="preserve">This is a normal paragraph using </w:t>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:br w:type="page"/>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="3089D393" w14:textId="77777777" w:rsidR="0054066B" w:rsidRPr="001F718D" w:rsidRDefault="00000000" w:rsidP="00E33785">
+      <w:pPr>
+        <w:pStyle w:val="RESLAH1Section"/>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F718D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidR="001F718D" w:rsidRPr="001F718D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>RESLA_H1_Section</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="328685D8" w14:textId="77777777" w:rsidR="004548AF" w:rsidRPr="001F718D" w:rsidRDefault="001F718D" w:rsidP="004548AF">
+      <w:pPr>
+        <w:pStyle w:val="RESLATXTBody"/>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0033178C">
-        <w:t>RESLA_normal</w:t>
+      <w:r w:rsidRPr="001F718D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>RESLA_TXT_Body</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0033178C">
-        <w:t xml:space="preserve"> style.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:footnoteReference w:id="1"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="851" w:type="dxa"/>
         <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2210"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2209"/>
+        <w:gridCol w:w="562"/>
+        <w:gridCol w:w="3904"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D43172" w:rsidRPr="005D3467" w14:paraId="1BBDA126" w14:textId="77777777" w:rsidTr="001D4560">
+      <w:tr w:rsidR="004548AF" w:rsidRPr="001F718D" w14:paraId="36CE4E66" w14:textId="77777777" w:rsidTr="00F16A91">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2394" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="135939BB" w14:textId="77777777" w:rsidR="00D43172" w:rsidRPr="005D3467" w:rsidRDefault="00D43172" w:rsidP="0033178C">
+          <w:p w14:paraId="6DC98855" w14:textId="77777777" w:rsidR="004548AF" w:rsidRPr="001F718D" w:rsidRDefault="004548AF" w:rsidP="001F718D">
             <w:pPr>
-              <w:pStyle w:val="RESLATable"/>
+              <w:pStyle w:val="RESLAExample"/>
             </w:pPr>
-            <w:r w:rsidRPr="005D3467">
-              <w:t>Table</w:t>
+            <w:r w:rsidRPr="001F718D">
+              <w:t>(1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2394" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3904" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6108765A" w14:textId="77777777" w:rsidR="00D43172" w:rsidRPr="005D3467" w:rsidRDefault="00D43172" w:rsidP="0033178C">
+          <w:p w14:paraId="67800F0D" w14:textId="77777777" w:rsidR="004548AF" w:rsidRPr="001F718D" w:rsidRDefault="001F718D" w:rsidP="001F718D">
             <w:pPr>
-              <w:pStyle w:val="RESLATable"/>
+              <w:pStyle w:val="RESLAExample"/>
             </w:pPr>
-            <w:r w:rsidRPr="005D3467">
-              <w:t>Table</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Example</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004548AF" w:rsidRPr="001F718D" w14:paraId="3A930190" w14:textId="77777777" w:rsidTr="00F16A91">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23A26F61" w14:textId="77777777" w:rsidR="004548AF" w:rsidRPr="001F718D" w:rsidRDefault="004548AF" w:rsidP="001F718D">
+            <w:pPr>
+              <w:pStyle w:val="RESLAExample"/>
+            </w:pPr>
+            <w:r w:rsidRPr="001F718D">
+              <w:t>(2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2394" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3904" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1CB1361C" w14:textId="77777777" w:rsidR="00D43172" w:rsidRPr="005D3467" w:rsidRDefault="00D43172" w:rsidP="0033178C">
+          <w:p w14:paraId="2997AB4A" w14:textId="77777777" w:rsidR="004548AF" w:rsidRPr="001F718D" w:rsidRDefault="001F718D" w:rsidP="001F718D">
             <w:pPr>
-              <w:pStyle w:val="RESLATable"/>
+              <w:pStyle w:val="RESLAExample"/>
             </w:pPr>
-            <w:r w:rsidRPr="005D3467">
-              <w:t>Table</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Example</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="34AFB653" w14:textId="77777777" w:rsidR="004548AF" w:rsidRPr="004548AF" w:rsidRDefault="001F718D" w:rsidP="003B20CF">
+      <w:pPr>
+        <w:pStyle w:val="RESLATXTBodyAfterExample"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001F718D">
+        <w:t>RESLA_TXT_Body_After_Example</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004548AF" w:rsidRPr="004548AF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53F24CCB" w14:textId="77777777" w:rsidR="004548AF" w:rsidRPr="004548AF" w:rsidRDefault="001F718D" w:rsidP="004548AF">
+      <w:pPr>
+        <w:pStyle w:val="RESLATXTBody"/>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001F718D">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>RESLA_TXT_Body</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="1178DBE5" w14:textId="77777777" w:rsidR="0054066B" w:rsidRPr="001F718D" w:rsidRDefault="008C2685" w:rsidP="00E33785">
+      <w:pPr>
+        <w:pStyle w:val="RESLAH1Section"/>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F718D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidR="001F718D" w:rsidRPr="001F718D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>RESLA_H1_Section</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="649892FE" w14:textId="77777777" w:rsidR="008C2685" w:rsidRPr="001F718D" w:rsidRDefault="008C2685" w:rsidP="00EE7A36">
+      <w:pPr>
+        <w:pStyle w:val="RESLAH2Subsection"/>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F718D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.1 </w:t>
+      </w:r>
+      <w:r w:rsidR="001F718D" w:rsidRPr="001F718D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>RESLA_H2_Subsection</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C4BF9F5" w14:textId="77777777" w:rsidR="008C2685" w:rsidRPr="008C2685" w:rsidRDefault="001F718D" w:rsidP="008C2685">
+      <w:pPr>
+        <w:pStyle w:val="RESLATXTBody"/>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001F718D">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>RESLA_TXT_Body</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="19C1041F" w14:textId="77777777" w:rsidR="008C2685" w:rsidRPr="00E33785" w:rsidRDefault="008C2685" w:rsidP="00E33785">
+      <w:pPr>
+        <w:pStyle w:val="RESLAH3Subsub"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33785">
+        <w:t xml:space="preserve">3.1.1 </w:t>
+      </w:r>
+      <w:r w:rsidR="001F718D" w:rsidRPr="001F718D">
+        <w:t>RESLA_H3_Subsub</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CC7E41E" w14:textId="77777777" w:rsidR="008C2685" w:rsidRPr="00E33785" w:rsidRDefault="008C2685" w:rsidP="00E33785">
+      <w:pPr>
+        <w:pStyle w:val="RESLAH3Subsub"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33785">
+        <w:t xml:space="preserve">3.1.1.1 </w:t>
+      </w:r>
+      <w:r w:rsidR="001F718D" w:rsidRPr="001F718D">
+        <w:t>RESLA_H3_Subsub</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B8717FC" w14:textId="77777777" w:rsidR="0054066B" w:rsidRDefault="001F718D">
+      <w:pPr>
+        <w:pStyle w:val="RESLATXTBody"/>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001F718D">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>RESLA_TXT_Body</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="48AFE428" w14:textId="77777777" w:rsidR="008C3F82" w:rsidRDefault="001F718D" w:rsidP="0040411F">
+      <w:pPr>
+        <w:pStyle w:val="RESLACAPTable"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Table</w:t>
+      </w:r>
+      <w:r w:rsidR="00B47182" w:rsidRPr="008C3F82">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>X</w:t>
+      </w:r>
+      <w:r w:rsidR="00B47182" w:rsidRPr="008C3F82">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001F718D">
+        <w:t>RESLA_CAP_Table</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="3620" w:type="dxa"/>
+        <w:tblBorders>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1810"/>
+        <w:gridCol w:w="1810"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00134FC2" w:rsidRPr="00B47182" w14:paraId="7D1D0BEA" w14:textId="77777777" w:rsidTr="00134FC2">
+        <w:trPr>
+          <w:trHeight w:val="497"/>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1ED0A28F" w14:textId="77777777" w:rsidR="00134FC2" w:rsidRDefault="00134FC2" w:rsidP="00026D7F">
+            <w:pPr>
+              <w:pStyle w:val="RESLATXTTable"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_Hlk163644889"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00134FC2">
+              <w:t>RESLA_TXT_Table</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="44F8FB20" w14:textId="77777777" w:rsidR="00134FC2" w:rsidRPr="00B47182" w:rsidRDefault="00134FC2" w:rsidP="00026D7F">
+            <w:pPr>
+              <w:pStyle w:val="RESLATXTTable"/>
+            </w:pPr>
+            <w:r>
+              <w:t>(in caps)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2394" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="55759AB9" w14:textId="77777777" w:rsidR="00D43172" w:rsidRPr="005D3467" w:rsidRDefault="00D43172" w:rsidP="0033178C">
+          <w:p w14:paraId="1EC6D6CA" w14:textId="77777777" w:rsidR="00134FC2" w:rsidRDefault="00134FC2" w:rsidP="00134FC2">
             <w:pPr>
-              <w:pStyle w:val="RESLATable"/>
+              <w:pStyle w:val="RESLATXTTable"/>
             </w:pPr>
-            <w:r w:rsidRPr="005D3467">
-              <w:t>Table</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00134FC2">
+              <w:t>RESLA_TXT_Table</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="4D2AC6E5" w14:textId="77777777" w:rsidR="00134FC2" w:rsidRPr="00134FC2" w:rsidRDefault="00134FC2" w:rsidP="00134FC2">
+            <w:pPr>
+              <w:pStyle w:val="RESLATXTTable"/>
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>(in caps)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D43172" w:rsidRPr="005D3467" w14:paraId="4178F308" w14:textId="77777777" w:rsidTr="001D4560">
+      <w:tr w:rsidR="00134FC2" w:rsidRPr="00B47182" w14:paraId="43BD0525" w14:textId="77777777" w:rsidTr="00134FC2">
+        <w:trPr>
+          <w:trHeight w:val="497"/>
+          <w:tblHeader/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2394" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="54DBDE88" w14:textId="77777777" w:rsidR="00D43172" w:rsidRPr="005D3467" w:rsidRDefault="00D43172" w:rsidP="0033178C">
+          <w:p w14:paraId="5E5F1035" w14:textId="77777777" w:rsidR="00134FC2" w:rsidRPr="00B47182" w:rsidRDefault="00134FC2" w:rsidP="00026D7F">
             <w:pPr>
-              <w:pStyle w:val="RESLATable"/>
+              <w:pStyle w:val="RESLATXTTable"/>
             </w:pPr>
-            <w:r w:rsidRPr="005D3467">
-              <w:t>Table</w:t>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7FFDB95C" w14:textId="77777777" w:rsidR="00134FC2" w:rsidRPr="00B47182" w:rsidRDefault="00134FC2" w:rsidP="00026D7F">
+            <w:pPr>
+              <w:pStyle w:val="RESLATXTTable"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00134FC2" w:rsidRPr="00B47182" w14:paraId="4C9A765E" w14:textId="77777777" w:rsidTr="00134FC2">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="457B268C" w14:textId="77777777" w:rsidR="00134FC2" w:rsidRPr="00134FC2" w:rsidRDefault="00134FC2" w:rsidP="00134FC2">
+            <w:pPr>
+              <w:pStyle w:val="RESLATXTTable"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>RESLA_TXT_Table</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="208294FD" w14:textId="77777777" w:rsidR="00134FC2" w:rsidRPr="00B47182" w:rsidRDefault="00134FC2" w:rsidP="00026D7F">
+            <w:pPr>
+              <w:pStyle w:val="RESLATXTTable"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47182">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00134FC2" w:rsidRPr="00B47182" w14:paraId="7557334E" w14:textId="77777777" w:rsidTr="00134FC2">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5CBBC06D" w14:textId="77777777" w:rsidR="00134FC2" w:rsidRPr="00B47182" w:rsidRDefault="00134FC2" w:rsidP="00134FC2">
+            <w:pPr>
+              <w:pStyle w:val="RESLATXTTable"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B61B34">
+              <w:t>RESLA_TXT_Table</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="29D1EBFE" w14:textId="77777777" w:rsidR="00134FC2" w:rsidRPr="00B47182" w:rsidRDefault="00134FC2" w:rsidP="00134FC2">
+            <w:pPr>
+              <w:pStyle w:val="RESLATXTTable"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47182">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00134FC2" w:rsidRPr="00B47182" w14:paraId="312B0609" w14:textId="77777777" w:rsidTr="00134FC2">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2D5834D8" w14:textId="77777777" w:rsidR="00134FC2" w:rsidRPr="00B47182" w:rsidRDefault="00134FC2" w:rsidP="00134FC2">
+            <w:pPr>
+              <w:pStyle w:val="RESLATXTTable"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B61B34">
+              <w:t>RESLA_TXT_Table</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2BEFFF89" w14:textId="77777777" w:rsidR="00134FC2" w:rsidRPr="00B47182" w:rsidRDefault="00134FC2" w:rsidP="00134FC2">
+            <w:pPr>
+              <w:pStyle w:val="RESLATXTTable"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47182">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00134FC2" w:rsidRPr="00B47182" w14:paraId="42DC2680" w14:textId="77777777" w:rsidTr="00134FC2">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5A9343E3" w14:textId="77777777" w:rsidR="00134FC2" w:rsidRPr="00B47182" w:rsidRDefault="00134FC2" w:rsidP="00134FC2">
+            <w:pPr>
+              <w:pStyle w:val="RESLATXTTable"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B61B34">
+              <w:t>RESLA_TXT_Table</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5EA03347" w14:textId="77777777" w:rsidR="00134FC2" w:rsidRPr="00B47182" w:rsidRDefault="00134FC2" w:rsidP="00134FC2">
+            <w:pPr>
+              <w:pStyle w:val="RESLATXTTable"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47182">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00134FC2" w:rsidRPr="00B47182" w14:paraId="445B7E6A" w14:textId="77777777" w:rsidTr="00134FC2">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="12BDD212" w14:textId="77777777" w:rsidR="00134FC2" w:rsidRPr="00B47182" w:rsidRDefault="00134FC2" w:rsidP="00134FC2">
+            <w:pPr>
+              <w:pStyle w:val="RESLATXTTable"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B61B34">
+              <w:t>RESLA_TXT_Table</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1730C0A7" w14:textId="77777777" w:rsidR="00134FC2" w:rsidRPr="00B47182" w:rsidRDefault="00134FC2" w:rsidP="00134FC2">
+            <w:pPr>
+              <w:pStyle w:val="RESLATXTTable"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47182">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00134FC2" w:rsidRPr="00B47182" w14:paraId="47E061E1" w14:textId="77777777" w:rsidTr="00134FC2">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="050D87BF" w14:textId="77777777" w:rsidR="00134FC2" w:rsidRPr="00B47182" w:rsidRDefault="00134FC2" w:rsidP="00134FC2">
+            <w:pPr>
+              <w:pStyle w:val="RESLATXTTable"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B61B34">
+              <w:t>RESLA_TXT_Table</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="731D58B1" w14:textId="77777777" w:rsidR="00134FC2" w:rsidRPr="00B47182" w:rsidRDefault="00134FC2" w:rsidP="00134FC2">
+            <w:pPr>
+              <w:pStyle w:val="RESLATXTTable"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47182">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00134FC2" w:rsidRPr="00B47182" w14:paraId="731E388D" w14:textId="77777777" w:rsidTr="00134FC2">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0617DE04" w14:textId="77777777" w:rsidR="00134FC2" w:rsidRPr="00B47182" w:rsidRDefault="00134FC2" w:rsidP="00134FC2">
+            <w:pPr>
+              <w:pStyle w:val="RESLATXTTable"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B61B34">
+              <w:t>RESLA_TXT_Table</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5CACFACB" w14:textId="77777777" w:rsidR="00134FC2" w:rsidRPr="00B47182" w:rsidRDefault="00134FC2" w:rsidP="00134FC2">
+            <w:pPr>
+              <w:pStyle w:val="RESLATXTTable"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47182">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00134FC2" w:rsidRPr="00B47182" w14:paraId="3BFCBABF" w14:textId="77777777" w:rsidTr="00134FC2">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="696C6E42" w14:textId="77777777" w:rsidR="00134FC2" w:rsidRPr="00B47182" w:rsidRDefault="00134FC2" w:rsidP="00134FC2">
+            <w:pPr>
+              <w:pStyle w:val="RESLATXTTable"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B61B34">
+              <w:t>RESLA_TXT_Table</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7FCECF89" w14:textId="77777777" w:rsidR="00134FC2" w:rsidRPr="00B47182" w:rsidRDefault="00134FC2" w:rsidP="00134FC2">
+            <w:pPr>
+              <w:pStyle w:val="RESLATXTTable"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47182">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00134FC2" w:rsidRPr="00B47182" w14:paraId="318579DB" w14:textId="77777777" w:rsidTr="00134FC2">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="69951484" w14:textId="77777777" w:rsidR="00134FC2" w:rsidRPr="00B47182" w:rsidRDefault="00134FC2" w:rsidP="00134FC2">
+            <w:pPr>
+              <w:pStyle w:val="RESLATXTTable"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B61B34">
+              <w:t>RESLA_TXT_Table</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1740F1B5" w14:textId="77777777" w:rsidR="00134FC2" w:rsidRPr="00B47182" w:rsidRDefault="00134FC2" w:rsidP="00134FC2">
+            <w:pPr>
+              <w:pStyle w:val="RESLATXTTable"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47182">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00134FC2" w:rsidRPr="00B47182" w14:paraId="7D8A5A18" w14:textId="77777777" w:rsidTr="00134FC2">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="68A09CE0" w14:textId="77777777" w:rsidR="00134FC2" w:rsidRPr="00B47182" w:rsidRDefault="00134FC2" w:rsidP="00134FC2">
+            <w:pPr>
+              <w:pStyle w:val="RESLATXTTable"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B61B34">
+              <w:t>RESLA_TXT_Table</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="74AF20CD" w14:textId="77777777" w:rsidR="00134FC2" w:rsidRPr="00B47182" w:rsidRDefault="00134FC2" w:rsidP="00134FC2">
+            <w:pPr>
+              <w:pStyle w:val="RESLATXTTable"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47182">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00134FC2" w:rsidRPr="00B47182" w14:paraId="506BF2B4" w14:textId="77777777" w:rsidTr="00134FC2">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3FAF5410" w14:textId="77777777" w:rsidR="00134FC2" w:rsidRPr="00B47182" w:rsidRDefault="00134FC2" w:rsidP="00134FC2">
+            <w:pPr>
+              <w:pStyle w:val="RESLATXTTable"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B61B34">
+              <w:t>RESLA_TXT_Table</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4438C1B4" w14:textId="77777777" w:rsidR="00134FC2" w:rsidRPr="00B47182" w:rsidRDefault="00134FC2" w:rsidP="00134FC2">
+            <w:pPr>
+              <w:pStyle w:val="RESLATXTTable"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47182">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkEnd w:id="0"/>
+    </w:tbl>
+    <w:p w14:paraId="584AB4D6" w14:textId="77777777" w:rsidR="0067362A" w:rsidRDefault="0067362A" w:rsidP="00392D99">
+      <w:pPr>
+        <w:pStyle w:val="RESLATXTBody"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45086097" w14:textId="77777777" w:rsidR="00BB23DD" w:rsidRDefault="00BB23DD" w:rsidP="00392D99">
+      <w:pPr>
+        <w:pStyle w:val="RESLATXTBody"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5622DF51" wp14:editId="12DE03B7">
+            <wp:extent cx="1456580" cy="723952"/>
+            <wp:effectExtent l="0" t="0" r="4445" b="0"/>
+            <wp:docPr id="1714495206" name="Picture 1" descr="A close-up of a letter&#10;&#10;AI-generated content may be incorrect."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1714495206" name="Picture 1" descr="A close-up of a letter&#10;&#10;AI-generated content may be incorrect."/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId9"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1489531" cy="740329"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D6E5B71" w14:textId="77777777" w:rsidR="0067362A" w:rsidRPr="000D7A05" w:rsidRDefault="00F467FD" w:rsidP="0067362A">
+      <w:pPr>
+        <w:pStyle w:val="RESLACAPFigure"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D7A05">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Figur</w:t>
+      </w:r>
+      <w:r w:rsidR="00134FC2" w:rsidRPr="000D7A05">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D7A05">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00134FC2" w:rsidRPr="000D7A05">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>X</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D7A05">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00134FC2" w:rsidRPr="000D7A05">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>RESLA_CAP_Figure</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="3DB6EF0B" w14:textId="77777777" w:rsidR="0054066B" w:rsidRPr="00FE05A5" w:rsidRDefault="00134FC2" w:rsidP="00E33785">
+      <w:pPr>
+        <w:pStyle w:val="RESLAH1Section"/>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE05A5">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Acknowledgments</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DFD4F8A" w14:textId="77777777" w:rsidR="0054066B" w:rsidRDefault="00134FC2">
+      <w:pPr>
+        <w:pStyle w:val="RESLAACKText"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134FC2">
+        <w:t>RESLA_ACK_Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="69E1331A" w14:textId="77777777" w:rsidR="001C2B94" w:rsidRPr="00FE05A5" w:rsidRDefault="00FE05A5" w:rsidP="00E33785">
+      <w:pPr>
+        <w:pStyle w:val="RESLAH1Section"/>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE05A5">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Appendi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>x</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F7261B4" w14:textId="77777777" w:rsidR="0054066B" w:rsidRPr="00FE05A5" w:rsidRDefault="00FE05A5" w:rsidP="00E33785">
+      <w:pPr>
+        <w:pStyle w:val="RESLAH1Section"/>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE05A5">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>References</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="621B40DB" w14:textId="77777777" w:rsidR="006E753E" w:rsidRDefault="00FE05A5" w:rsidP="006E753E">
+      <w:pPr>
+        <w:pStyle w:val="RESLAREFEntry"/>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE05A5">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>RESLA_REF_Entry</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="4A94052C" w14:textId="77777777" w:rsidR="00FE05A5" w:rsidRPr="00FE05A5" w:rsidRDefault="00FE05A5" w:rsidP="006E753E">
+      <w:pPr>
+        <w:pStyle w:val="RESLAREFEntry"/>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE05A5">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>RESLA_REF_Entry</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="2B974D3D" w14:textId="77777777" w:rsidR="001C2B94" w:rsidRDefault="001C2B94">
+      <w:pPr>
+        <w:pStyle w:val="RESLATXTBody"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="667AF859" w14:textId="77777777" w:rsidR="008C3A28" w:rsidRDefault="008C3A28">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16964A59" w14:textId="026D2EA0" w:rsidR="00CF582B" w:rsidRPr="000D7A05" w:rsidRDefault="000D7A05" w:rsidP="000D7A05">
+      <w:pPr>
+        <w:pStyle w:val="RESLAH2Subsection"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Credits</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5103"/>
+        <w:gridCol w:w="3953"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="000C0516" w:rsidRPr="000C0516" w14:paraId="1B681A58" w14:textId="77777777" w:rsidTr="000C0516">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EAEEDE8" w14:textId="07DFB7BB" w:rsidR="000C0516" w:rsidRPr="000834EF" w:rsidRDefault="000C0516" w:rsidP="000C0516">
+            <w:pPr>
+              <w:pStyle w:val="RESLAnormal"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C0516">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Conceptualization / Conceptualización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2394" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3953" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11F4FC4C" w14:textId="77777777" w:rsidR="00D43172" w:rsidRPr="005D3467" w:rsidRDefault="00D43172" w:rsidP="0033178C">
+          <w:p w14:paraId="37E9B240" w14:textId="77777777" w:rsidR="000C0516" w:rsidRPr="000834EF" w:rsidRDefault="000C0516" w:rsidP="000C0516">
             <w:pPr>
-              <w:pStyle w:val="RESLATabledata"/>
+              <w:pStyle w:val="RESLAnormal"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D3467">
-              <w:t>45</w:t>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000C0516" w:rsidRPr="000C0516" w14:paraId="7B599905" w14:textId="77777777" w:rsidTr="000C0516">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03C75453" w14:textId="6647B001" w:rsidR="000C0516" w:rsidRPr="000C0516" w:rsidRDefault="000C0516" w:rsidP="000C0516">
+            <w:pPr>
+              <w:pStyle w:val="RESLAnormal"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C0516">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Formal Analysis / Análisis formal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2394" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3953" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E7FB0DE" w14:textId="77777777" w:rsidR="00D43172" w:rsidRPr="005D3467" w:rsidRDefault="00D43172" w:rsidP="0033178C">
+          <w:p w14:paraId="10FAAA07" w14:textId="77777777" w:rsidR="000C0516" w:rsidRPr="000C0516" w:rsidRDefault="000C0516" w:rsidP="000C0516">
             <w:pPr>
-              <w:pStyle w:val="RESLATabledata"/>
+              <w:pStyle w:val="RESLAnormal"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D3467">
-              <w:t>22</w:t>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000C0516" w:rsidRPr="000C0516" w14:paraId="0726BBD2" w14:textId="77777777" w:rsidTr="000C0516">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="375043C9" w14:textId="6ACFAC7D" w:rsidR="000C0516" w:rsidRPr="000834EF" w:rsidRDefault="000C0516" w:rsidP="000C0516">
+            <w:pPr>
+              <w:pStyle w:val="RESLAnormal"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C0516">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Methodology / Metodología</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2394" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3953" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03B13CDF" w14:textId="77777777" w:rsidR="00D43172" w:rsidRPr="005D3467" w:rsidRDefault="00D43172" w:rsidP="0033178C">
+          <w:p w14:paraId="1D455050" w14:textId="77777777" w:rsidR="000C0516" w:rsidRPr="000834EF" w:rsidRDefault="000C0516" w:rsidP="000C0516">
             <w:pPr>
-              <w:pStyle w:val="RESLATabledata"/>
+              <w:pStyle w:val="RESLAnormal"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D3467">
-[...1 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D43172" w:rsidRPr="005D3467" w14:paraId="2200B911" w14:textId="77777777" w:rsidTr="001D4560">
+      <w:tr w:rsidR="000C0516" w:rsidRPr="000C0516" w14:paraId="1A511186" w14:textId="77777777" w:rsidTr="000C0516">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2394" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58104056" w14:textId="77777777" w:rsidR="00D43172" w:rsidRPr="005D3467" w:rsidRDefault="00D43172" w:rsidP="0033178C">
+          <w:p w14:paraId="740027F3" w14:textId="2AB73EFA" w:rsidR="000C0516" w:rsidRPr="000D7A05" w:rsidRDefault="000C0516" w:rsidP="000C0516">
             <w:pPr>
-              <w:pStyle w:val="RESLATable"/>
+              <w:pStyle w:val="RESLAnormal"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D3467">
-              <w:t>Table</w:t>
+            <w:r w:rsidRPr="000C0516">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Writing / Redacción</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2394" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3953" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0281198F" w14:textId="77777777" w:rsidR="00D43172" w:rsidRPr="005D3467" w:rsidRDefault="00D43172" w:rsidP="0033178C">
+          <w:p w14:paraId="45098C1D" w14:textId="77777777" w:rsidR="000C0516" w:rsidRPr="000834EF" w:rsidRDefault="000C0516" w:rsidP="000C0516">
             <w:pPr>
-              <w:pStyle w:val="RESLATabledata"/>
+              <w:pStyle w:val="RESLAnormal"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D3467">
-              <w:t>17</w:t>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000C0516" w:rsidRPr="000C0516" w14:paraId="10A2ABFF" w14:textId="77777777" w:rsidTr="000C0516">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="331A051E" w14:textId="0B53D826" w:rsidR="000C0516" w:rsidRPr="000D7A05" w:rsidRDefault="000C0516" w:rsidP="000C0516">
+            <w:pPr>
+              <w:pStyle w:val="RESLAnormal"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000C0516">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Research</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000C0516">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000C0516">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>dataset</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000C0516">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Datos</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C0516">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de investigación</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2394" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3953" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2DBE2F29" w14:textId="77777777" w:rsidR="00D43172" w:rsidRPr="005D3467" w:rsidRDefault="00D43172" w:rsidP="0033178C">
+          <w:p w14:paraId="084315A9" w14:textId="77777777" w:rsidR="000C0516" w:rsidRPr="000834EF" w:rsidRDefault="000C0516" w:rsidP="000C0516">
             <w:pPr>
-              <w:pStyle w:val="RESLATabledata"/>
+              <w:pStyle w:val="RESLAnormal"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D3467">
-              <w:t>21</w:t>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="46FBBDF3" w14:textId="77777777" w:rsidR="008C3A28" w:rsidRDefault="008C3A28" w:rsidP="000C0516">
+      <w:pPr>
+        <w:pStyle w:val="RESLAH2Subsection"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D7A05">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Funding</w:t>
+      </w:r>
+      <w:r w:rsidR="006A4574" w:rsidRPr="000D7A05">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="001A6EA1" w:rsidRPr="000D7A05">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">data availability, and </w:t>
+      </w:r>
+      <w:r w:rsidR="006A4574" w:rsidRPr="000D7A05">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>copyright</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="609A2DC5" w14:textId="34CB27FF" w:rsidR="000C0516" w:rsidRPr="000C0516" w:rsidRDefault="000C0516" w:rsidP="000C0516">
+      <w:pPr>
+        <w:pStyle w:val="RESLAH2Subsection"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000C0516">
+        <w:t>Financiación, disponibilidad de datos y derechos de autor</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ía</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="6504"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="000C0516" w:rsidRPr="000C0516" w14:paraId="7DC3824E" w14:textId="77777777" w:rsidTr="000C0516">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42B2F61C" w14:textId="59992606" w:rsidR="000C0516" w:rsidRPr="000834EF" w:rsidRDefault="000C0516" w:rsidP="000C0516">
+            <w:pPr>
+              <w:pStyle w:val="RESLAnormal"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000C0516">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Funding</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000C0516">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / Financiación</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2394" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="6504" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7423F1D0" w14:textId="77777777" w:rsidR="00D43172" w:rsidRPr="005D3467" w:rsidRDefault="00D43172" w:rsidP="0033178C">
+          <w:p w14:paraId="66985A0D" w14:textId="77777777" w:rsidR="000C0516" w:rsidRPr="000834EF" w:rsidRDefault="000C0516" w:rsidP="000C0516">
             <w:pPr>
-              <w:pStyle w:val="RESLATabledata"/>
+              <w:pStyle w:val="RESLAnormal"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D3467">
-              <w:t>4</w:t>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000C0516" w:rsidRPr="000C0516" w14:paraId="3B76DE8D" w14:textId="77777777" w:rsidTr="000C0516">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="506AE584" w14:textId="422BD5B3" w:rsidR="000C0516" w:rsidRPr="000834EF" w:rsidRDefault="000C0516" w:rsidP="000C0516">
+            <w:pPr>
+              <w:pStyle w:val="RESLAnormal"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000C0516">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Image</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000C0516">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> use </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000C0516">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>consent</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000C0516">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / Consentimiento para el uso de imágenes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FF3EA79" w14:textId="77777777" w:rsidR="000C0516" w:rsidRPr="000834EF" w:rsidRDefault="000C0516" w:rsidP="000C0516">
+            <w:pPr>
+              <w:pStyle w:val="RESLAnormal"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000C0516" w:rsidRPr="000C0516" w14:paraId="559CEC08" w14:textId="77777777" w:rsidTr="000C0516">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A44A2B5" w14:textId="15AB87C4" w:rsidR="000C0516" w:rsidRPr="000834EF" w:rsidRDefault="000C0516" w:rsidP="000C0516">
+            <w:pPr>
+              <w:pStyle w:val="RESLAnormal"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C0516">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Conflict of interest / Conflicto de intereses</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1622F1A4" w14:textId="77777777" w:rsidR="000C0516" w:rsidRPr="000834EF" w:rsidRDefault="000C0516" w:rsidP="000C0516">
+            <w:pPr>
+              <w:pStyle w:val="RESLAnormal"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008C3A28" w:rsidRPr="000C0516" w14:paraId="16D690C3" w14:textId="77777777" w:rsidTr="000C0516">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0017C561" w14:textId="1590F870" w:rsidR="008C3A28" w:rsidRPr="000C0516" w:rsidRDefault="008C3A28" w:rsidP="000C0516">
+            <w:pPr>
+              <w:pStyle w:val="RESLAnormal"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C0516">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Data </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000C0516">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>availability</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000C0516">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000C0516">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>statement</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="000C0516" w:rsidRPr="000C0516">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:r w:rsidR="000C0516" w:rsidRPr="000C0516">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Declaración de disponibilidad de datos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AFBBEE1" w14:textId="1E40059C" w:rsidR="008C3A28" w:rsidRPr="000C0516" w:rsidRDefault="008C3A28" w:rsidP="000C0516">
+            <w:pPr>
+              <w:pStyle w:val="RESLAnormal"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008C3A28" w:rsidRPr="000C0516" w14:paraId="07B49725" w14:textId="77777777" w:rsidTr="000C0516">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="407C53D8" w14:textId="69A678B9" w:rsidR="008C3A28" w:rsidRPr="000C0516" w:rsidRDefault="008C3A28" w:rsidP="000C0516">
+            <w:pPr>
+              <w:pStyle w:val="RESLAnormal"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000834EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>License</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="000C0516">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:r w:rsidR="000C0516" w:rsidRPr="000C0516">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Licencia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56FA8B65" w14:textId="77777777" w:rsidR="000C0516" w:rsidRDefault="008C3A28" w:rsidP="000C0516">
+            <w:pPr>
+              <w:pStyle w:val="RESLAnormal"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C0516">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve">This article is published under the CC BY 4.0 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000C0516">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>License</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000C0516">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7CA9587C" w14:textId="64C283D8" w:rsidR="008C3A28" w:rsidRPr="000C0516" w:rsidRDefault="000C0516" w:rsidP="000C0516">
+            <w:pPr>
+              <w:pStyle w:val="RESLAnormal"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C0516">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C0516">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>ste artículo se publica bajo la Licencia CC BY 4.0.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="10C88870" w14:textId="77777777" w:rsidR="00D43172" w:rsidRPr="0033178C" w:rsidRDefault="00D43172" w:rsidP="00C90C60">
+    <w:p w14:paraId="2DF12D90" w14:textId="77777777" w:rsidR="007E00D6" w:rsidRPr="000D7A05" w:rsidRDefault="008C3A28" w:rsidP="000D7A05">
       <w:pPr>
-        <w:pStyle w:val="RESLACaption"/>
+        <w:pStyle w:val="RESLAH2Subsection"/>
       </w:pPr>
-      <w:r w:rsidRPr="0033178C">
-        <w:t xml:space="preserve">Table 1. </w:t>
+      <w:r w:rsidRPr="000834EF">
+        <w:t xml:space="preserve">Editorial </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0033178C">
-[...30 lines deleted...]
-        <w:t>level</w:t>
+      <w:r w:rsidRPr="000834EF">
+        <w:t>history</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="058DA222" w14:textId="77777777" w:rsidR="00611958" w:rsidRDefault="00611958" w:rsidP="00A350F1">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2410"/>
+        <w:gridCol w:w="2552"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="000C0516" w:rsidRPr="000C0516" w14:paraId="34191046" w14:textId="77777777" w:rsidTr="000C0516">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="186DC282" w14:textId="3AB6A98A" w:rsidR="000C0516" w:rsidRPr="000C0516" w:rsidRDefault="000C0516" w:rsidP="000C0516">
+            <w:pPr>
+              <w:pStyle w:val="RESLAnormal"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000C0516">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Received</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000C0516">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / Recibido</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45CBBCDC" w14:textId="77777777" w:rsidR="000C0516" w:rsidRPr="000C0516" w:rsidRDefault="000C0516" w:rsidP="000C0516">
+            <w:pPr>
+              <w:pStyle w:val="RESLAnormal"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000C0516" w:rsidRPr="000C0516" w14:paraId="53FBC3E9" w14:textId="77777777" w:rsidTr="000C0516">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40922ACA" w14:textId="79FED09F" w:rsidR="000C0516" w:rsidRPr="000834EF" w:rsidRDefault="000C0516" w:rsidP="000C0516">
+            <w:pPr>
+              <w:pStyle w:val="RESLAnormal"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C0516">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Revised / Revisado</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42806DA9" w14:textId="77777777" w:rsidR="000C0516" w:rsidRPr="000C0516" w:rsidRDefault="000C0516" w:rsidP="000C0516">
+            <w:pPr>
+              <w:pStyle w:val="RESLAnormal"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000C0516" w:rsidRPr="000C0516" w14:paraId="7A2D447C" w14:textId="77777777" w:rsidTr="000C0516">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C97A179" w14:textId="03C89779" w:rsidR="000C0516" w:rsidRPr="000834EF" w:rsidRDefault="000C0516" w:rsidP="000C0516">
+            <w:pPr>
+              <w:pStyle w:val="RESLAnormal"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C0516">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Accepted / Aceptado</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="601AAB5F" w14:textId="77777777" w:rsidR="000C0516" w:rsidRPr="000C0516" w:rsidRDefault="000C0516" w:rsidP="000C0516">
+            <w:pPr>
+              <w:pStyle w:val="RESLAnormal"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="35A9353F" w14:textId="77777777" w:rsidR="00CF582B" w:rsidRPr="008C3A28" w:rsidRDefault="00CF582B" w:rsidP="00CF582B">
       <w:pPr>
         <w:pStyle w:val="RESLAnormal"/>
         <w:rPr>
-          <w:lang w:val="es-ES"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00611958">
-[...54 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="2591B078" w14:textId="77777777" w:rsidR="00903229" w:rsidRPr="00611958" w:rsidRDefault="00903229" w:rsidP="0033178C">
+    <w:p w14:paraId="376C7074" w14:textId="77777777" w:rsidR="000D7A05" w:rsidRPr="000D7A05" w:rsidRDefault="000D7A05" w:rsidP="000D7A05">
       <w:pPr>
         <w:pStyle w:val="RESLAnormal"/>
-      </w:pPr>
-      <w:r>
+        <w:jc w:val="left"/>
         <w:rPr>
-          <w:lang w:val="es-ES"/>
-[...283 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="57B0316D" w14:textId="77777777" w:rsidR="007A1112" w:rsidRPr="00611958" w:rsidRDefault="007A1112" w:rsidP="0033178C">
-[...776 lines deleted...]
-      <w:cols w:space="720"/>
+    <w:sectPr w:rsidR="000D7A05" w:rsidRPr="000D7A05" w:rsidSect="001C2B94">
+      <w:headerReference w:type="even" r:id="rId10"/>
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="even" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:footerReference w:type="first" r:id="rId14"/>
+      <w:type w:val="continuous"/>
+      <w:pgSz w:w="11900" w:h="16820"/>
+      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:cols w:space="454"/>
+      <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="240357E8" w14:textId="77777777" w:rsidR="00F63A72" w:rsidRDefault="00F63A72" w:rsidP="00840E58">
+    <w:p w14:paraId="43B88CF8" w14:textId="77777777" w:rsidR="00066902" w:rsidRDefault="00066902">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2EA745BE" w14:textId="77777777" w:rsidR="00F63A72" w:rsidRDefault="00F63A72" w:rsidP="00840E58">
+    <w:p w14:paraId="48999F4A" w14:textId="77777777" w:rsidR="00066902" w:rsidRDefault="00066902">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
-    <w:notTrueType/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Corbel">
-    <w:panose1 w:val="020B0503020204020204"/>
+  <w:font w:name="Noto Sans">
+    <w:panose1 w:val="020B0502040504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000A44B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000201F" w:usb2="08000029" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
-        <w:rStyle w:val="Nmerodepgina"/>
-[...1 lines deleted...]
-      <w:id w:val="112724329"/>
+        <w:rStyle w:val="PageNumber"/>
+      </w:rPr>
+      <w:id w:val="-527793215"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
-      <w:p w14:paraId="50D44EC0" w14:textId="77777777" w:rsidR="00840E58" w:rsidRDefault="00840E58" w:rsidP="00814BD9">
+      <w:p w14:paraId="7C2FB1C8" w14:textId="77777777" w:rsidR="00E6734F" w:rsidRDefault="00E6734F" w:rsidP="00420CE1">
         <w:pPr>
-          <w:pStyle w:val="Piedepgina"/>
+          <w:pStyle w:val="Footer"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
           <w:rPr>
-            <w:rStyle w:val="Nmerodepgina"/>
+            <w:rStyle w:val="PageNumber"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
-            <w:rStyle w:val="Nmerodepgina"/>
+            <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
-            <w:rStyle w:val="Nmerodepgina"/>
+            <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
-            <w:rStyle w:val="Nmerodepgina"/>
+            <w:rStyle w:val="PageNumber"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="PageNumber"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>34</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="7BDDF895" w14:textId="77777777" w:rsidR="00840E58" w:rsidRDefault="00840E58">
-[...1 lines deleted...]
-      <w:pStyle w:val="Piedepgina"/>
+  <w:p w14:paraId="4CC452AC" w14:textId="77777777" w:rsidR="007D6080" w:rsidRDefault="007D6080">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
-        <w:rStyle w:val="Nmerodepgina"/>
-[...1 lines deleted...]
-      <w:id w:val="-478230099"/>
+        <w:rStyle w:val="PageNumber"/>
+      </w:rPr>
+      <w:id w:val="-641041652"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
-      <w:p w14:paraId="5F14670F" w14:textId="77777777" w:rsidR="00840E58" w:rsidRDefault="00840E58" w:rsidP="00814BD9">
+      <w:p w14:paraId="17AF8DEA" w14:textId="77777777" w:rsidR="00E6734F" w:rsidRDefault="00E6734F" w:rsidP="00420CE1">
         <w:pPr>
-          <w:pStyle w:val="Piedepgina"/>
+          <w:pStyle w:val="Footer"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
           <w:rPr>
-            <w:rStyle w:val="Nmerodepgina"/>
+            <w:rStyle w:val="PageNumber"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
-            <w:rStyle w:val="Nmerodepgina"/>
+            <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
-            <w:rStyle w:val="Nmerodepgina"/>
+            <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
-            <w:rStyle w:val="Nmerodepgina"/>
+            <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
-            <w:rStyle w:val="Nmerodepgina"/>
+            <w:rStyle w:val="PageNumber"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>1</w:t>
+          <w:t>35</w:t>
         </w:r>
         <w:r>
           <w:rPr>
-            <w:rStyle w:val="Nmerodepgina"/>
+            <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="2CC287A9" w14:textId="77777777" w:rsidR="00840E58" w:rsidRDefault="00840E58">
-[...1 lines deleted...]
-      <w:pStyle w:val="Piedepgina"/>
+  <w:p w14:paraId="44E40B92" w14:textId="77777777" w:rsidR="0054066B" w:rsidRDefault="0054066B">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4634E2AE" w14:textId="77777777" w:rsidR="00AD72D5" w:rsidRPr="00257006" w:rsidRDefault="007D6080" w:rsidP="00165E91">
+    <w:pPr>
+      <w:spacing w:before="200" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="2410"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:val="es-ES"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00257006">
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7008D44E" wp14:editId="1DC5A3C2">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>15957</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>180396</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="971424" cy="310068"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapNone/>
+          <wp:docPr id="12368677" name="Picture 1" descr="A green and black logo&#10;&#10;AI-generated content may be incorrect."/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="12368677" name="Picture 1" descr="A green and black logo&#10;&#10;AI-generated content may be incorrect."/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="971424" cy="310068"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="page">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="page">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r w:rsidR="00AD72D5" w:rsidRPr="00257006">
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+        <w:spacing w:val="-2"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:val="es-ES"/>
+      </w:rPr>
+      <w:t>https://doi.org/XXXXX</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="75E8F537" w14:textId="77777777" w:rsidR="00AD72D5" w:rsidRPr="00257006" w:rsidRDefault="00AD72D5" w:rsidP="00165E91">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="2410"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:val="es-ES"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00257006">
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+        <w:i/>
+        <w:w w:val="85"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:val="es-ES"/>
+      </w:rPr>
+      <w:t>Revista Española de Lingüística Aplicada</w:t>
+    </w:r>
+    <w:r w:rsidR="00320D99" w:rsidRPr="00257006">
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+        <w:i/>
+        <w:w w:val="85"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:val="es-ES"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> XX(XX)</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00257006">
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+        <w:i/>
+        <w:spacing w:val="40"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:val="es-ES"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00257006">
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+        <w:w w:val="85"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:val="es-ES"/>
+      </w:rPr>
+      <w:t>ISSN</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00257006">
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+        <w:spacing w:val="9"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:val="es-ES"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00257006">
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+        <w:w w:val="85"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:val="es-ES"/>
+      </w:rPr>
+      <w:t>0213-2028</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00257006">
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+        <w:spacing w:val="1"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:val="es-ES"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00257006">
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+        <w:color w:val="CCCCCC"/>
+        <w:w w:val="85"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:val="es-ES"/>
+      </w:rPr>
+      <w:t>|</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00257006">
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+        <w:color w:val="CCCCCC"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:val="es-ES"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00257006">
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+        <w:w w:val="85"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:val="es-ES"/>
+      </w:rPr>
+      <w:t>E‑ISSN</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00257006">
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+        <w:spacing w:val="10"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:val="es-ES"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00257006">
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+        <w:w w:val="85"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:val="es-ES"/>
+      </w:rPr>
+      <w:t>2254-6774</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="05142E2E" w14:textId="77777777" w:rsidR="00AD72D5" w:rsidRPr="00257006" w:rsidRDefault="00AD72D5" w:rsidP="00165E91">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="2410"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:val="es-ES"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00257006">
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+        <w:w w:val="90"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>Available</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00257006">
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+        <w:spacing w:val="-2"/>
+        <w:w w:val="90"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00257006">
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+        <w:w w:val="90"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>under</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00257006">
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+        <w:spacing w:val="-2"/>
+        <w:w w:val="90"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00257006">
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+        <w:w w:val="90"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>the</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00257006">
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+        <w:spacing w:val="-2"/>
+        <w:w w:val="90"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00257006">
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+        <w:w w:val="90"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>CC</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00257006">
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+        <w:spacing w:val="-2"/>
+        <w:w w:val="90"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00257006">
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+        <w:w w:val="90"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>BY-NC</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00257006">
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+        <w:spacing w:val="-2"/>
+        <w:w w:val="90"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00257006">
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+        <w:w w:val="90"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>4.0</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00257006">
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+        <w:spacing w:val="-2"/>
+        <w:w w:val="90"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00257006">
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+        <w:w w:val="90"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>license.</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00257006">
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+        <w:spacing w:val="40"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00257006">
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+        <w:w w:val="90"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:val="es-ES"/>
+      </w:rPr>
+      <w:t>©</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00257006">
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+        <w:spacing w:val="-2"/>
+        <w:w w:val="90"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:val="es-ES"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00257006">
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+        <w:w w:val="90"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:val="es-ES"/>
+      </w:rPr>
+      <w:t>Asociación Española de Lingüística Aplicada (</w:t>
+    </w:r>
+    <w:r w:rsidR="00063501" w:rsidRPr="00257006">
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+        <w:w w:val="90"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:val="es-ES"/>
+      </w:rPr>
+      <w:t>AESLA</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00257006">
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+        <w:w w:val="90"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:val="es-ES"/>
+      </w:rPr>
+      <w:t>)</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="723C3D1A" w14:textId="77777777" w:rsidR="00AD72D5" w:rsidRPr="00AD72D5" w:rsidRDefault="00AD72D5">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:rPr>
+        <w:lang w:val="es-ES"/>
+      </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5B84D598" w14:textId="77777777" w:rsidR="00F63A72" w:rsidRDefault="00F63A72" w:rsidP="00840E58">
+    <w:p w14:paraId="3EA8C2A8" w14:textId="77777777" w:rsidR="00066902" w:rsidRDefault="00066902">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1C8BFBEB" w14:textId="77777777" w:rsidR="00F63A72" w:rsidRDefault="00F63A72" w:rsidP="00840E58">
+    <w:p w14:paraId="223B581A" w14:textId="77777777" w:rsidR="00066902" w:rsidRDefault="00066902">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
+  <w:footnote w:id="1">
+    <w:p w14:paraId="422800D9" w14:textId="77777777" w:rsidR="001F718D" w:rsidRPr="001F718D" w:rsidRDefault="001F718D">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:rPr>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001F718D">
+        <w:t>Footnote</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001F718D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001F718D">
+        <w:t>Text,RESLA_Footnote</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001F718D">
+        <w:t xml:space="preserve"> Text</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
 </w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="238ED0E2" w14:textId="77777777" w:rsidR="00AD72D5" w:rsidRPr="00392D99" w:rsidRDefault="001F718D" w:rsidP="00AD72D5">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+      </w:pBdr>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:val="es-ES_tradnl"/>
+      </w:rPr>
+    </w:pPr>
+    <w:proofErr w:type="spellStart"/>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:val="es-ES_tradnl"/>
+      </w:rPr>
+      <w:t>Author</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:val="es-ES_tradnl"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> 1</w:t>
+    </w:r>
+    <w:r w:rsidR="00320D99" w:rsidRPr="00392D99">
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:val="es-ES_tradnl"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:val="es-ES_tradnl"/>
+      </w:rPr>
+      <w:t>–</w:t>
+    </w:r>
+    <w:r w:rsidR="00320D99" w:rsidRPr="00392D99">
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:val="es-ES_tradnl"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:val="es-ES_tradnl"/>
+      </w:rPr>
+      <w:t>Author</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:val="es-ES_tradnl"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> 2</w:t>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="716171C2" w14:textId="77777777" w:rsidR="00AD72D5" w:rsidRPr="00392D99" w:rsidRDefault="001F718D" w:rsidP="00AD72D5">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+      </w:pBdr>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:val="es-ES_tradnl"/>
+      </w:rPr>
+    </w:pPr>
+    <w:proofErr w:type="spellStart"/>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:val="es-ES_tradnl"/>
+      </w:rPr>
+      <w:t>Title</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="C310EC42"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="E4089024"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7E"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="FB12693A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Listaconnmeros3"/>
+      <w:pStyle w:val="ListNumber3"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7F"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="38441652"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Listaconnmeros2"/>
+      <w:pStyle w:val="ListNumber2"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF81"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="171AC3A4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF82"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="F3EAFDEC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="Listaconvietas3"/>
+      <w:pStyle w:val="ListBullet3"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF83"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3D1EFFD4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="Listaconvietas2"/>
+      <w:pStyle w:val="ListBullet2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF88"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="D0A62B40"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Listaconnmeros"/>
+      <w:pStyle w:val="ListNumber"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="29761A62"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="Listaconvietas"/>
+      <w:pStyle w:val="ListBullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
-[...701 lines deleted...]
-  <w:num w:numId="1" w16cid:durableId="232861924">
+  <w:num w:numId="1" w16cid:durableId="245891270">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="573854757">
+  <w:num w:numId="2" w16cid:durableId="304049250">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="997731801">
+  <w:num w:numId="3" w16cid:durableId="149905051">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1191987283">
+  <w:num w:numId="4" w16cid:durableId="1446074282">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1531412113">
+  <w:num w:numId="5" w16cid:durableId="1925216044">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1243219474">
+  <w:num w:numId="6" w16cid:durableId="984049762">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1850293517">
+  <w:num w:numId="7" w16cid:durableId="1603608860">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="542792008">
+  <w:num w:numId="8" w16cid:durableId="598179257">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="549073400">
+  <w:num w:numId="9" w16cid:durableId="1873230156">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...19 lines deleted...]
-    <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="184"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="174"/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="1F08" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
-  <w:hyphenationZone w:val="425"/>
+  <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00214999"/>
-    <w:rsid w:val="0002263F"/>
+    <w:rsidRoot w:val="000C0516"/>
+    <w:rsid w:val="00026D7F"/>
     <w:rsid w:val="00034616"/>
+    <w:rsid w:val="0003499A"/>
     <w:rsid w:val="0006063C"/>
-    <w:rsid w:val="00070303"/>
-    <w:rsid w:val="000D3848"/>
+    <w:rsid w:val="00063501"/>
+    <w:rsid w:val="00066902"/>
+    <w:rsid w:val="000834EF"/>
+    <w:rsid w:val="00092231"/>
+    <w:rsid w:val="000A3251"/>
+    <w:rsid w:val="000A4803"/>
+    <w:rsid w:val="000B1656"/>
+    <w:rsid w:val="000C0516"/>
+    <w:rsid w:val="000C1378"/>
+    <w:rsid w:val="000C26F5"/>
+    <w:rsid w:val="000D7A05"/>
+    <w:rsid w:val="000E3C41"/>
+    <w:rsid w:val="00106621"/>
+    <w:rsid w:val="00133E87"/>
+    <w:rsid w:val="00134FC2"/>
     <w:rsid w:val="0015074B"/>
-    <w:rsid w:val="00153DD8"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00214999"/>
+    <w:rsid w:val="00152ACD"/>
+    <w:rsid w:val="00154A9F"/>
+    <w:rsid w:val="00161039"/>
+    <w:rsid w:val="00165E91"/>
+    <w:rsid w:val="0017243F"/>
+    <w:rsid w:val="001808A1"/>
+    <w:rsid w:val="001A6EA1"/>
+    <w:rsid w:val="001C2B94"/>
+    <w:rsid w:val="001F6D5A"/>
+    <w:rsid w:val="001F718D"/>
+    <w:rsid w:val="002148C0"/>
+    <w:rsid w:val="00257006"/>
+    <w:rsid w:val="002609A2"/>
+    <w:rsid w:val="002869E7"/>
     <w:rsid w:val="0029639D"/>
-    <w:rsid w:val="00301FCF"/>
+    <w:rsid w:val="002D586F"/>
+    <w:rsid w:val="002D7C34"/>
+    <w:rsid w:val="003044A2"/>
+    <w:rsid w:val="00320D99"/>
     <w:rsid w:val="00326F90"/>
-    <w:rsid w:val="0033178C"/>
-[...22 lines deleted...]
-    <w:rsid w:val="00A779E6"/>
+    <w:rsid w:val="00365869"/>
+    <w:rsid w:val="0038102B"/>
+    <w:rsid w:val="00392D99"/>
+    <w:rsid w:val="00393199"/>
+    <w:rsid w:val="003B20CF"/>
+    <w:rsid w:val="00400B14"/>
+    <w:rsid w:val="0040411F"/>
+    <w:rsid w:val="00427F36"/>
+    <w:rsid w:val="004548AF"/>
+    <w:rsid w:val="00475B98"/>
+    <w:rsid w:val="004D3F78"/>
+    <w:rsid w:val="00503B92"/>
+    <w:rsid w:val="005079DF"/>
+    <w:rsid w:val="0054066B"/>
+    <w:rsid w:val="005F72F5"/>
+    <w:rsid w:val="0062354E"/>
+    <w:rsid w:val="00623C07"/>
+    <w:rsid w:val="00653B1F"/>
+    <w:rsid w:val="0067362A"/>
+    <w:rsid w:val="006A4574"/>
+    <w:rsid w:val="006C7905"/>
+    <w:rsid w:val="006E753E"/>
+    <w:rsid w:val="006F2FFC"/>
+    <w:rsid w:val="006F58B6"/>
+    <w:rsid w:val="007C1923"/>
+    <w:rsid w:val="007C5B3B"/>
+    <w:rsid w:val="007D3779"/>
+    <w:rsid w:val="007D6080"/>
+    <w:rsid w:val="007E00D6"/>
+    <w:rsid w:val="00813E62"/>
+    <w:rsid w:val="00841CB9"/>
+    <w:rsid w:val="00845C9B"/>
+    <w:rsid w:val="008668B8"/>
+    <w:rsid w:val="008821D2"/>
+    <w:rsid w:val="008A696B"/>
+    <w:rsid w:val="008B4A11"/>
+    <w:rsid w:val="008C2685"/>
+    <w:rsid w:val="008C3A28"/>
+    <w:rsid w:val="008C3F82"/>
+    <w:rsid w:val="00901538"/>
+    <w:rsid w:val="0096067D"/>
+    <w:rsid w:val="009658BD"/>
+    <w:rsid w:val="00992822"/>
+    <w:rsid w:val="009D7C11"/>
+    <w:rsid w:val="009F00B3"/>
+    <w:rsid w:val="00A50EE2"/>
+    <w:rsid w:val="00A57D7E"/>
     <w:rsid w:val="00AA1D8D"/>
-    <w:rsid w:val="00AD0945"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00B259E6"/>
+    <w:rsid w:val="00AD72D5"/>
+    <w:rsid w:val="00AE7C0E"/>
+    <w:rsid w:val="00B47182"/>
     <w:rsid w:val="00B47730"/>
-    <w:rsid w:val="00B85BC3"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00C90C60"/>
+    <w:rsid w:val="00BB23DD"/>
+    <w:rsid w:val="00BE1A0D"/>
+    <w:rsid w:val="00BE722A"/>
+    <w:rsid w:val="00BF62D4"/>
+    <w:rsid w:val="00C409A9"/>
+    <w:rsid w:val="00C52E39"/>
+    <w:rsid w:val="00C65ABA"/>
     <w:rsid w:val="00CB0664"/>
-    <w:rsid w:val="00D43172"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00FA56B0"/>
+    <w:rsid w:val="00CE21F8"/>
+    <w:rsid w:val="00CF4687"/>
+    <w:rsid w:val="00CF582B"/>
+    <w:rsid w:val="00D1244B"/>
+    <w:rsid w:val="00DA134B"/>
+    <w:rsid w:val="00DD78DA"/>
+    <w:rsid w:val="00E33785"/>
+    <w:rsid w:val="00E6734F"/>
+    <w:rsid w:val="00EE7A36"/>
+    <w:rsid w:val="00EF2000"/>
+    <w:rsid w:val="00F16A91"/>
+    <w:rsid w:val="00F26D12"/>
+    <w:rsid w:val="00F37FB8"/>
+    <w:rsid w:val="00F45B94"/>
+    <w:rsid w:val="00F467FD"/>
+    <w:rsid w:val="00F630D1"/>
+    <w:rsid w:val="00F6592C"/>
+    <w:rsid w:val="00F7154F"/>
+    <w:rsid w:val="00F741A3"/>
     <w:rsid w:val="00FC693F"/>
+    <w:rsid w:val="00FE05A5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="36E1F0B8"/>
+  <w:listSeparator w:val=","/>
+  <w14:docId w14:val="773016E8"/>
   <w14:defaultImageDpi w14:val="300"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2944,54 +3832,54 @@
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3000,51 +3888,51 @@
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3069,51 +3957,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -3288,1042 +4176,1013 @@
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00FC693F"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo1">
+  <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Ttulo1Car"/>
+    <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00FC693F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:numPr>
-[...1 lines deleted...]
-      </w:numPr>
       <w:spacing w:before="480" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo2">
+  <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Ttulo2Car"/>
+    <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FC693F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:numPr>
-[...2 lines deleted...]
-      </w:numPr>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo3">
+  <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Ttulo3Car"/>
+    <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FC693F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:numPr>
-[...2 lines deleted...]
-      </w:numPr>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo4">
+  <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Ttulo4Car"/>
+    <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FC693F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:numPr>
-[...2 lines deleted...]
-      </w:numPr>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo5">
+  <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Ttulo5Car"/>
+    <w:link w:val="Heading5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FC693F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:numPr>
-[...2 lines deleted...]
-      </w:numPr>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo6">
+  <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Ttulo6Car"/>
+    <w:link w:val="Heading6Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FC693F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:numPr>
-[...2 lines deleted...]
-      </w:numPr>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo7">
+  <w:style w:type="paragraph" w:styleId="Heading7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Ttulo7Car"/>
+    <w:link w:val="Heading7Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FC693F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:numPr>
-[...2 lines deleted...]
-      </w:numPr>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo8">
+  <w:style w:type="paragraph" w:styleId="Heading8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Ttulo8Car"/>
+    <w:link w:val="Heading8Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FC693F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:numPr>
-[...2 lines deleted...]
-      </w:numPr>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo9">
+  <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Ttulo9Car"/>
+    <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FC693F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:numPr>
-[...2 lines deleted...]
-      </w:numPr>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Encabezado">
+  <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
+    <w:aliases w:val="RESLA_Header"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="EncabezadoCar"/>
+    <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:rsid w:val="00E618BF"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="EncabezadoCar">
-[...2 lines deleted...]
-    <w:link w:val="Encabezado"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:aliases w:val="RESLA_Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00E618BF"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Piedepgina">
+  <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
+    <w:aliases w:val="RESLA_Footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="PiedepginaCar"/>
+    <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:rsid w:val="00E618BF"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="PiedepginaCar">
-[...2 lines deleted...]
-    <w:link w:val="Piedepgina"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:aliases w:val="RESLA_Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00E618BF"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sinespaciado">
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00FC693F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo1Car">
-[...2 lines deleted...]
-    <w:link w:val="Ttulo1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00FC693F"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo2Car">
-[...2 lines deleted...]
-    <w:link w:val="Ttulo2"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00FC693F"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo3Car">
-[...2 lines deleted...]
-    <w:link w:val="Ttulo3"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00FC693F"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo">
+  <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="TtuloCar"/>
+    <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="00FC693F"/>
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="8" w:space="4" w:color="4F81BD" w:themeColor="accent1"/>
       </w:pBdr>
       <w:spacing w:after="300" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
       <w:kern w:val="28"/>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TtuloCar">
-[...2 lines deleted...]
-    <w:link w:val="Ttulo"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="00FC693F"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
       <w:kern w:val="28"/>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Subttulo">
+  <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="SubttuloCar"/>
+    <w:link w:val="SubtitleChar"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
     <w:rsid w:val="00FC693F"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SubttuloCar">
-[...2 lines deleted...]
-    <w:link w:val="Subttulo"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
     <w:uiPriority w:val="11"/>
     <w:rsid w:val="00FC693F"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Prrafodelista">
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00FC693F"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Textoindependiente">
+  <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="TextoindependienteCar"/>
+    <w:link w:val="BodyTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AA1D8D"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TextoindependienteCar">
-[...2 lines deleted...]
-    <w:link w:val="Textoindependiente"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
+    <w:name w:val="Body Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA1D8D"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Textoindependiente2">
+  <w:style w:type="paragraph" w:styleId="BodyText2">
     <w:name w:val="Body Text 2"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="Textoindependiente2Car"/>
+    <w:link w:val="BodyText2Char"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AA1D8D"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Textoindependiente2Car">
-[...2 lines deleted...]
-    <w:link w:val="Textoindependiente2"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyText2Char">
+    <w:name w:val="Body Text 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText2"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA1D8D"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Textoindependiente3">
+  <w:style w:type="paragraph" w:styleId="BodyText3">
     <w:name w:val="Body Text 3"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="Textoindependiente3Car"/>
+    <w:link w:val="BodyText3Char"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AA1D8D"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Textoindependiente3Car">
-[...2 lines deleted...]
-    <w:link w:val="Textoindependiente3"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyText3Char">
+    <w:name w:val="Body Text 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText3"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA1D8D"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Lista">
+  <w:style w:type="paragraph" w:styleId="List">
     <w:name w:val="List"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AA1D8D"/>
     <w:pPr>
       <w:ind w:left="360" w:hanging="360"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Lista2">
+  <w:style w:type="paragraph" w:styleId="List2">
     <w:name w:val="List 2"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00326F90"/>
     <w:pPr>
       <w:ind w:left="720" w:hanging="360"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Lista3">
+  <w:style w:type="paragraph" w:styleId="List3">
     <w:name w:val="List 3"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00326F90"/>
     <w:pPr>
       <w:ind w:left="1080" w:hanging="360"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Listaconvietas">
+  <w:style w:type="paragraph" w:styleId="ListBullet">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00326F90"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Listaconvietas2">
+  <w:style w:type="paragraph" w:styleId="ListBullet2">
     <w:name w:val="List Bullet 2"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00326F90"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="2"/>
       </w:numPr>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Listaconvietas3">
+  <w:style w:type="paragraph" w:styleId="ListBullet3">
     <w:name w:val="List Bullet 3"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00326F90"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="3"/>
       </w:numPr>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Listaconnmeros">
+  <w:style w:type="paragraph" w:styleId="ListNumber">
     <w:name w:val="List Number"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00326F90"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="5"/>
       </w:numPr>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Listaconnmeros2">
+  <w:style w:type="paragraph" w:styleId="ListNumber2">
     <w:name w:val="List Number 2"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0029639D"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="6"/>
       </w:numPr>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Listaconnmeros3">
+  <w:style w:type="paragraph" w:styleId="ListNumber3">
     <w:name w:val="List Number 3"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0029639D"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="7"/>
       </w:numPr>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Continuarlista">
+  <w:style w:type="paragraph" w:styleId="ListContinue">
     <w:name w:val="List Continue"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0029639D"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="360"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Continuarlista2">
+  <w:style w:type="paragraph" w:styleId="ListContinue2">
     <w:name w:val="List Continue 2"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0029639D"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Continuarlista3">
+  <w:style w:type="paragraph" w:styleId="ListContinue3">
     <w:name w:val="List Continue 3"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0029639D"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="1080"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Textomacro">
+  <w:style w:type="paragraph" w:styleId="MacroText">
     <w:name w:val="macro"/>
-    <w:link w:val="TextomacroCar"/>
+    <w:link w:val="MacroTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0029639D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="576"/>
         <w:tab w:val="left" w:pos="1152"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="2304"/>
         <w:tab w:val="left" w:pos="2880"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="4032"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier" w:hAnsi="Courier"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TextomacroCar">
-[...2 lines deleted...]
-    <w:link w:val="Textomacro"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="MacroTextChar">
+    <w:name w:val="Macro Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="MacroText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0029639D"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier" w:hAnsi="Courier"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Cita">
+  <w:style w:type="paragraph" w:styleId="Quote">
     <w:name w:val="Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="CitaCar"/>
+    <w:link w:val="QuoteChar"/>
     <w:uiPriority w:val="29"/>
     <w:qFormat/>
     <w:rsid w:val="00FC693F"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CitaCar">
-[...2 lines deleted...]
-    <w:link w:val="Cita"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
     <w:uiPriority w:val="29"/>
     <w:rsid w:val="00FC693F"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo4Car">
-[...2 lines deleted...]
-    <w:link w:val="Ttulo4"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00FC693F"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo5Car">
-[...2 lines deleted...]
-    <w:link w:val="Ttulo5"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00FC693F"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo6Car">
-[...2 lines deleted...]
-    <w:link w:val="Ttulo6"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00FC693F"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo7Car">
-[...2 lines deleted...]
-    <w:link w:val="Ttulo7"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00FC693F"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo8Car">
-[...2 lines deleted...]
-    <w:link w:val="Ttulo8"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00FC693F"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo9Car">
-[...2 lines deleted...]
-    <w:link w:val="Ttulo9"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00FC693F"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Descripcin">
+  <w:style w:type="paragraph" w:styleId="Caption">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FC693F"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Textoennegrita">
+  <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00FC693F"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="nfasis">
+  <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00FC693F"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Citadestacada">
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="CitadestacadaCar"/>
+    <w:link w:val="IntenseQuoteChar"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
     <w:rsid w:val="00FC693F"/>
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="4" w:color="4F81BD" w:themeColor="accent1"/>
       </w:pBdr>
       <w:spacing w:before="200" w:after="280"/>
       <w:ind w:left="936" w:right="936"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CitadestacadaCar">
-[...2 lines deleted...]
-    <w:link w:val="Citadestacada"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
     <w:uiPriority w:val="30"/>
     <w:rsid w:val="00FC693F"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="nfasissutil">
+  <w:style w:type="character" w:styleId="SubtleEmphasis">
     <w:name w:val="Subtle Emphasis"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="19"/>
     <w:qFormat/>
     <w:rsid w:val="00FC693F"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="808080" w:themeColor="text1" w:themeTint="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="nfasisintenso">
+  <w:style w:type="character" w:styleId="IntenseEmphasis">
     <w:name w:val="Intense Emphasis"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
     <w:rsid w:val="00FC693F"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Referenciasutil">
+  <w:style w:type="character" w:styleId="SubtleReference">
     <w:name w:val="Subtle Reference"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="31"/>
     <w:qFormat/>
     <w:rsid w:val="00FC693F"/>
     <w:rPr>
       <w:smallCaps/>
       <w:color w:val="C0504D" w:themeColor="accent2"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Referenciaintensa">
+  <w:style w:type="character" w:styleId="IntenseReference">
     <w:name w:val="Intense Reference"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
     <w:rsid w:val="00FC693F"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="C0504D" w:themeColor="accent2"/>
       <w:spacing w:val="5"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Ttulodellibro">
+  <w:style w:type="character" w:styleId="BookTitle">
     <w:name w:val="Book Title"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="33"/>
     <w:qFormat/>
     <w:rsid w:val="00FC693F"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TtuloTDC">
+  <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
-    <w:basedOn w:val="Ttulo1"/>
+    <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FC693F"/>
     <w:pPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tablaconcuadrcula">
+  <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="Tablanormal"/>
-    <w:uiPriority w:val="59"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="39"/>
     <w:rsid w:val="00FC693F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Sombreadoclaro">
+  <w:style w:type="table" w:styleId="LightShading">
     <w:name w:val="Light Shading"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00FC693F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
@@ -4373,53 +5232,53 @@
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Sombreadoclaro-nfasis1">
+  <w:style w:type="table" w:styleId="LightShading-Accent1">
     <w:name w:val="Light Shading Accent 1"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00FC693F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
@@ -4469,53 +5328,53 @@
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Sombreadoclaro-nfasis2">
+  <w:style w:type="table" w:styleId="LightShading-Accent2">
     <w:name w:val="Light Shading Accent 2"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00FC693F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="943634" w:themeColor="accent2" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
@@ -4565,53 +5424,53 @@
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Sombreadoclaro-nfasis3">
+  <w:style w:type="table" w:styleId="LightShading-Accent3">
     <w:name w:val="Light Shading Accent 3"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00FC693F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="76923C" w:themeColor="accent3" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
@@ -4661,53 +5520,53 @@
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Sombreadoclaro-nfasis4">
+  <w:style w:type="table" w:styleId="LightShading-Accent4">
     <w:name w:val="Light Shading Accent 4"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00FC693F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="5F497A" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
@@ -4757,53 +5616,53 @@
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Sombreadoclaro-nfasis5">
+  <w:style w:type="table" w:styleId="LightShading-Accent5">
     <w:name w:val="Light Shading Accent 5"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00FC693F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="31849B" w:themeColor="accent5" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
@@ -4853,53 +5712,53 @@
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Sombreadoclaro-nfasis6">
+  <w:style w:type="table" w:styleId="LightShading-Accent6">
     <w:name w:val="Light Shading Accent 6"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00FC693F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
@@ -4949,53 +5808,53 @@
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listaclara">
+  <w:style w:type="table" w:styleId="LightList">
     <w:name w:val="Light List"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00FC693F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
@@ -5034,53 +5893,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listaclara-nfasis1">
+  <w:style w:type="table" w:styleId="LightList-Accent1">
     <w:name w:val="Light List Accent 1"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00FC693F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
@@ -5119,53 +5978,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listaclara-nfasis2">
+  <w:style w:type="table" w:styleId="LightList-Accent2">
     <w:name w:val="Light List Accent 2"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
@@ -5204,53 +6063,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listaclara-nfasis3">
+  <w:style w:type="table" w:styleId="LightList-Accent3">
     <w:name w:val="Light List Accent 3"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
@@ -5289,53 +6148,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listaclara-nfasis4">
+  <w:style w:type="table" w:styleId="LightList-Accent4">
     <w:name w:val="Light List Accent 4"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
@@ -5374,53 +6233,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listaclara-nfasis5">
+  <w:style w:type="table" w:styleId="LightList-Accent5">
     <w:name w:val="Light List Accent 5"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
@@ -5459,53 +6318,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listaclara-nfasis6">
+  <w:style w:type="table" w:styleId="LightList-Accent6">
     <w:name w:val="Light List Accent 6"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
@@ -5544,53 +6403,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Cuadrculaclara">
+  <w:style w:type="table" w:styleId="LightGrid">
     <w:name w:val="Light Grid"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
@@ -5667,53 +6526,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Cuadrculaclara-nfasis1">
+  <w:style w:type="table" w:styleId="LightGrid-Accent1">
     <w:name w:val="Light Grid Accent 1"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
@@ -5790,53 +6649,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Cuadrculaclara-nfasis2">
+  <w:style w:type="table" w:styleId="LightGrid-Accent2">
     <w:name w:val="Light Grid Accent 2"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
@@ -5913,53 +6772,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Cuadrculaclara-nfasis3">
+  <w:style w:type="table" w:styleId="LightGrid-Accent3">
     <w:name w:val="Light Grid Accent 3"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
@@ -6036,53 +6895,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Cuadrculaclara-nfasis4">
+  <w:style w:type="table" w:styleId="LightGrid-Accent4">
     <w:name w:val="Light Grid Accent 4"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
@@ -6159,53 +7018,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Cuadrculaclara-nfasis5">
+  <w:style w:type="table" w:styleId="LightGrid-Accent5">
     <w:name w:val="Light Grid Accent 5"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
@@ -6282,53 +7141,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Cuadrculaclara-nfasis6">
+  <w:style w:type="table" w:styleId="LightGrid-Accent6">
     <w:name w:val="Light Grid Accent 6"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
@@ -6405,53 +7264,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Sombreadomedio1">
+  <w:style w:type="table" w:styleId="MediumShading1">
     <w:name w:val="Medium Shading 1"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
@@ -6504,53 +7363,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Sombreadomedio1-nfasis1">
+  <w:style w:type="table" w:styleId="MediumShading1-Accent1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
@@ -6603,53 +7462,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Sombreadomedio1-nfasis2">
+  <w:style w:type="table" w:styleId="MediumShading1-Accent2">
     <w:name w:val="Medium Shading 1 Accent 2"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
@@ -6702,53 +7561,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Sombreadomedio1-nfasis3">
+  <w:style w:type="table" w:styleId="MediumShading1-Accent3">
     <w:name w:val="Medium Shading 1 Accent 3"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
@@ -6801,53 +7660,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Sombreadomedio1-nfasis4">
+  <w:style w:type="table" w:styleId="MediumShading1-Accent4">
     <w:name w:val="Medium Shading 1 Accent 4"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
@@ -6900,53 +7759,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Sombreadomedio1-nfasis5">
+  <w:style w:type="table" w:styleId="MediumShading1-Accent5">
     <w:name w:val="Medium Shading 1 Accent 5"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
@@ -6999,53 +7858,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Sombreadomedio1-nfasis6">
+  <w:style w:type="table" w:styleId="MediumShading1-Accent6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
@@ -7098,53 +7957,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Sombreadomedio2">
+  <w:style w:type="table" w:styleId="MediumShading2">
     <w:name w:val="Medium Shading 2"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="64"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -7240,53 +8099,53 @@
           <w:left w:val="nil"/>
           <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:rPr>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Sombreadomedio2-nfasis1">
+  <w:style w:type="table" w:styleId="MediumShading2-Accent1">
     <w:name w:val="Medium Shading 2 Accent 1"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="64"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -7382,53 +8241,53 @@
           <w:left w:val="nil"/>
           <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:rPr>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Sombreadomedio2-nfasis2">
+  <w:style w:type="table" w:styleId="MediumShading2-Accent2">
     <w:name w:val="Medium Shading 2 Accent 2"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="64"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -7524,53 +8383,53 @@
           <w:left w:val="nil"/>
           <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:rPr>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Sombreadomedio2-nfasis3">
+  <w:style w:type="table" w:styleId="MediumShading2-Accent3">
     <w:name w:val="Medium Shading 2 Accent 3"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="64"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -7666,53 +8525,53 @@
           <w:left w:val="nil"/>
           <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:rPr>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Sombreadomedio2-nfasis4">
+  <w:style w:type="table" w:styleId="MediumShading2-Accent4">
     <w:name w:val="Medium Shading 2 Accent 4"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="64"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -7808,53 +8667,53 @@
           <w:left w:val="nil"/>
           <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:rPr>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Sombreadomedio2-nfasis5">
+  <w:style w:type="table" w:styleId="MediumShading2-Accent5">
     <w:name w:val="Medium Shading 2 Accent 5"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="64"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -7950,53 +8809,53 @@
           <w:left w:val="nil"/>
           <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:rPr>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Sombreadomedio2-nfasis6">
+  <w:style w:type="table" w:styleId="MediumShading2-Accent6">
     <w:name w:val="Medium Shading 2 Accent 6"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="64"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -8092,53 +8951,53 @@
           <w:left w:val="nil"/>
           <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:rPr>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listamedia1">
+  <w:style w:type="table" w:styleId="MediumList1">
     <w:name w:val="Medium List 1"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="65"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
@@ -8169,53 +9028,53 @@
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listamedia1-nfasis1">
+  <w:style w:type="table" w:styleId="MediumList1-Accent1">
     <w:name w:val="Medium List 1 Accent 1"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="65"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
@@ -8246,53 +9105,53 @@
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listamedia1-nfasis2">
+  <w:style w:type="table" w:styleId="MediumList1-Accent2">
     <w:name w:val="Medium List 1 Accent 2"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="65"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
@@ -8323,53 +9182,53 @@
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listamedia1-nfasis3">
+  <w:style w:type="table" w:styleId="MediumList1-Accent3">
     <w:name w:val="Medium List 1 Accent 3"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="65"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
@@ -8400,53 +9259,53 @@
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listamedia1-nfasis4">
+  <w:style w:type="table" w:styleId="MediumList1-Accent4">
     <w:name w:val="Medium List 1 Accent 4"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="65"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
@@ -8477,53 +9336,53 @@
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listamedia1-nfasis5">
+  <w:style w:type="table" w:styleId="MediumList1-Accent5">
     <w:name w:val="Medium List 1 Accent 5"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="65"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
@@ -8554,53 +9413,53 @@
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listamedia1-nfasis6">
+  <w:style w:type="table" w:styleId="MediumList1-Accent6">
     <w:name w:val="Medium List 1 Accent 6"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="65"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
@@ -8631,53 +9490,53 @@
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listamedia2">
+  <w:style w:type="table" w:styleId="MediumList2">
     <w:name w:val="Medium List 2"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="66"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:tblPr/>
@@ -8752,53 +9611,53 @@
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listamedia2-nfasis1">
+  <w:style w:type="table" w:styleId="MediumList2-Accent1">
     <w:name w:val="Medium List 2 Accent 1"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="66"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:tblPr/>
@@ -8873,53 +9732,53 @@
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listamedia2-nfasis2">
+  <w:style w:type="table" w:styleId="MediumList2-Accent2">
     <w:name w:val="Medium List 2 Accent 2"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="66"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:tblPr/>
@@ -8994,53 +9853,53 @@
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listamedia2-nfasis3">
+  <w:style w:type="table" w:styleId="MediumList2-Accent3">
     <w:name w:val="Medium List 2 Accent 3"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="66"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:tblPr/>
@@ -9115,53 +9974,53 @@
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listamedia2-nfasis4">
+  <w:style w:type="table" w:styleId="MediumList2-Accent4">
     <w:name w:val="Medium List 2 Accent 4"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="66"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:tblPr/>
@@ -9236,53 +10095,53 @@
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listamedia2-nfasis5">
+  <w:style w:type="table" w:styleId="MediumList2-Accent5">
     <w:name w:val="Medium List 2 Accent 5"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="66"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:tblPr/>
@@ -9357,53 +10216,53 @@
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listamedia2-nfasis6">
+  <w:style w:type="table" w:styleId="MediumList2-Accent6">
     <w:name w:val="Medium List 2 Accent 6"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="66"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:tblPr/>
@@ -9478,53 +10337,53 @@
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Cuadrculamedia1">
+  <w:style w:type="table" w:styleId="MediumGrid1">
     <w:name w:val="Medium Grid 1"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="67"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -9544,53 +10403,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Cuadrculamedia1-nfasis1">
+  <w:style w:type="table" w:styleId="MediumGrid1-Accent1">
     <w:name w:val="Medium Grid 1 Accent 1"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="67"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -9610,53 +10469,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A7BFDE" w:themeFill="accent1" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A7BFDE" w:themeFill="accent1" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Cuadrculamedia1-nfasis2">
+  <w:style w:type="table" w:styleId="MediumGrid1-Accent2">
     <w:name w:val="Medium Grid 1 Accent 2"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="67"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -9676,53 +10535,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DFA7A6" w:themeFill="accent2" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DFA7A6" w:themeFill="accent2" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Cuadrculamedia1-nfasis3">
+  <w:style w:type="table" w:styleId="MediumGrid1-Accent3">
     <w:name w:val="Medium Grid 1 Accent 3"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="67"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -9742,53 +10601,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="CDDDAC" w:themeFill="accent3" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="CDDDAC" w:themeFill="accent3" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Cuadrculamedia1-nfasis4">
+  <w:style w:type="table" w:styleId="MediumGrid1-Accent4">
     <w:name w:val="Medium Grid 1 Accent 4"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="67"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -9808,53 +10667,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="BFB1D0" w:themeFill="accent4" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="BFB1D0" w:themeFill="accent4" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Cuadrculamedia1-nfasis5">
+  <w:style w:type="table" w:styleId="MediumGrid1-Accent5">
     <w:name w:val="Medium Grid 1 Accent 5"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="67"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -9874,53 +10733,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A5D5E2" w:themeFill="accent5" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A5D5E2" w:themeFill="accent5" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Cuadrculamedia1-nfasis6">
+  <w:style w:type="table" w:styleId="MediumGrid1-Accent6">
     <w:name w:val="Medium Grid 1 Accent 6"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="67"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -9940,53 +10799,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Cuadrculamedia2">
+  <w:style w:type="table" w:styleId="MediumGrid2">
     <w:name w:val="Medium Grid 2"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="68"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
@@ -10058,53 +10917,53 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Cuadrculamedia2-nfasis1">
+  <w:style w:type="table" w:styleId="MediumGrid2-Accent1">
     <w:name w:val="Medium Grid 2 Accent 1"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="68"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
@@ -10176,53 +11035,53 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A7BFDE" w:themeFill="accent1" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A7BFDE" w:themeFill="accent1" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Cuadrculamedia2-nfasis2">
+  <w:style w:type="table" w:styleId="MediumGrid2-Accent2">
     <w:name w:val="Medium Grid 2 Accent 2"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="68"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
@@ -10294,53 +11153,53 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DFA7A6" w:themeFill="accent2" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DFA7A6" w:themeFill="accent2" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Cuadrculamedia2-nfasis3">
+  <w:style w:type="table" w:styleId="MediumGrid2-Accent3">
     <w:name w:val="Medium Grid 2 Accent 3"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="68"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
@@ -10412,53 +11271,53 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="CDDDAC" w:themeFill="accent3" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="CDDDAC" w:themeFill="accent3" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Cuadrculamedia2-nfasis4">
+  <w:style w:type="table" w:styleId="MediumGrid2-Accent4">
     <w:name w:val="Medium Grid 2 Accent 4"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="68"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
@@ -10530,53 +11389,53 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="BFB1D0" w:themeFill="accent4" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="BFB1D0" w:themeFill="accent4" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Cuadrculamedia2-nfasis5">
+  <w:style w:type="table" w:styleId="MediumGrid2-Accent5">
     <w:name w:val="Medium Grid 2 Accent 5"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="68"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
@@ -10648,53 +11507,53 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A5D5E2" w:themeFill="accent5" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A5D5E2" w:themeFill="accent5" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Cuadrculamedia2-nfasis6">
+  <w:style w:type="table" w:styleId="MediumGrid2-Accent6">
     <w:name w:val="Medium Grid 2 Accent 6"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="68"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
@@ -10766,53 +11625,53 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="F79646" w:themeColor="accent6"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="F79646" w:themeColor="accent6"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Cuadrculamedia3">
+  <w:style w:type="table" w:styleId="MediumGrid3">
     <w:name w:val="Medium Grid 3"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="69"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:i w:val="0"/>
@@ -10900,53 +11759,53 @@
           <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Cuadrculamedia3-nfasis1">
+  <w:style w:type="table" w:styleId="MediumGrid3-Accent1">
     <w:name w:val="Medium Grid 3 Accent 1"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="69"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:i w:val="0"/>
@@ -11034,53 +11893,53 @@
           <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A7BFDE" w:themeFill="accent1" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A7BFDE" w:themeFill="accent1" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Cuadrculamedia3-nfasis2">
+  <w:style w:type="table" w:styleId="MediumGrid3-Accent2">
     <w:name w:val="Medium Grid 3 Accent 2"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="69"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:i w:val="0"/>
@@ -11168,53 +12027,53 @@
           <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DFA7A6" w:themeFill="accent2" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DFA7A6" w:themeFill="accent2" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Cuadrculamedia3-nfasis3">
+  <w:style w:type="table" w:styleId="MediumGrid3-Accent3">
     <w:name w:val="Medium Grid 3 Accent 3"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="69"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:i w:val="0"/>
@@ -11302,53 +12161,53 @@
           <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="CDDDAC" w:themeFill="accent3" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="CDDDAC" w:themeFill="accent3" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Cuadrculamedia3-nfasis4">
+  <w:style w:type="table" w:styleId="MediumGrid3-Accent4">
     <w:name w:val="Medium Grid 3 Accent 4"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="69"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:i w:val="0"/>
@@ -11436,53 +12295,53 @@
           <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="BFB1D0" w:themeFill="accent4" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="BFB1D0" w:themeFill="accent4" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Cuadrculamedia3-nfasis5">
+  <w:style w:type="table" w:styleId="MediumGrid3-Accent5">
     <w:name w:val="Medium Grid 3 Accent 5"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="69"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:i w:val="0"/>
@@ -11570,53 +12429,53 @@
           <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A5D5E2" w:themeFill="accent5" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A5D5E2" w:themeFill="accent5" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Cuadrculamedia3-nfasis6">
+  <w:style w:type="table" w:styleId="MediumGrid3-Accent6">
     <w:name w:val="Medium Grid 3 Accent 6"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="69"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:i w:val="0"/>
@@ -11704,53 +12563,53 @@
           <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listaoscura">
+  <w:style w:type="table" w:styleId="DarkList">
     <w:name w:val="Dark List"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="70"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="FFFFFF" w:themeColor="background1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
@@ -11811,53 +12670,53 @@
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listaoscura-nfasis1">
+  <w:style w:type="table" w:styleId="DarkList-Accent1">
     <w:name w:val="Dark List Accent 1"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="70"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="FFFFFF" w:themeColor="background1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
@@ -11918,53 +12777,53 @@
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="365F91" w:themeFill="accent1" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="365F91" w:themeFill="accent1" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listaoscura-nfasis2">
+  <w:style w:type="table" w:styleId="DarkList-Accent2">
     <w:name w:val="Dark List Accent 2"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="70"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="FFFFFF" w:themeColor="background1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
@@ -12025,53 +12884,53 @@
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="943634" w:themeFill="accent2" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="943634" w:themeFill="accent2" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listaoscura-nfasis3">
+  <w:style w:type="table" w:styleId="DarkList-Accent3">
     <w:name w:val="Dark List Accent 3"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="70"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="FFFFFF" w:themeColor="background1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="9BBB59" w:themeFill="accent3"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
@@ -12132,53 +12991,53 @@
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="76923C" w:themeFill="accent3" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="76923C" w:themeFill="accent3" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listaoscura-nfasis4">
+  <w:style w:type="table" w:styleId="DarkList-Accent4">
     <w:name w:val="Dark List Accent 4"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="70"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="FFFFFF" w:themeColor="background1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="8064A2" w:themeFill="accent4"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
@@ -12239,53 +13098,53 @@
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="5F497A" w:themeFill="accent4" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="5F497A" w:themeFill="accent4" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listaoscura-nfasis5">
+  <w:style w:type="table" w:styleId="DarkList-Accent5">
     <w:name w:val="Dark List Accent 5"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="70"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="FFFFFF" w:themeColor="background1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="4BACC6" w:themeFill="accent5"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
@@ -12346,53 +13205,53 @@
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="31849B" w:themeFill="accent5" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="31849B" w:themeFill="accent5" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listaoscura-nfasis6">
+  <w:style w:type="table" w:styleId="DarkList-Accent6">
     <w:name w:val="Dark List Accent 6"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="70"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="FFFFFF" w:themeColor="background1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="F79646" w:themeFill="accent6"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
@@ -12453,53 +13312,53 @@
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="E36C0A" w:themeFill="accent6" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="E36C0A" w:themeFill="accent6" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Sombreadovistoso">
+  <w:style w:type="table" w:styleId="ColourfulShading">
     <w:name w:val="Colorful Shading"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="71"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="24" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6" w:themeFill="text1" w:themeFillTint="19"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
@@ -12568,53 +13427,53 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="999999" w:themeFill="text1" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Sombreadovistoso-nfasis1">
+  <w:style w:type="table" w:styleId="ColourfulShadingAccent1">
     <w:name w:val="Colorful Shading Accent 1"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="71"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="24" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="EDF2F8" w:themeFill="accent1" w:themeFillTint="19"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
@@ -12683,53 +13542,53 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A7BFDE" w:themeFill="accent1" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Sombreadovistoso-nfasis2">
+  <w:style w:type="table" w:styleId="ColourfulShadingAccent2">
     <w:name w:val="Colorful Shading Accent 2"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="71"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="24" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="F8EDED" w:themeFill="accent2" w:themeFillTint="19"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
@@ -12798,53 +13657,53 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="E5B8B7" w:themeFill="accent2" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DFA7A6" w:themeFill="accent2" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Sombreadovistoso-nfasis3">
+  <w:style w:type="table" w:styleId="ColourfulShadingAccent3">
     <w:name w:val="Colorful Shading Accent 3"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="71"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="24" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="F5F8EE" w:themeFill="accent3" w:themeFillTint="19"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
@@ -12903,53 +13762,53 @@
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="5E7530" w:themeFill="accent3" w:themeFillShade="99"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="D6E3BC" w:themeFill="accent3" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="CDDDAC" w:themeFill="accent3" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Sombreadovistoso-nfasis4">
+  <w:style w:type="table" w:styleId="ColourfulShadingAccent4">
     <w:name w:val="Colorful Shading Accent 4"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="71"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="24" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="F2EFF6" w:themeFill="accent4" w:themeFillTint="19"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
@@ -13018,53 +13877,53 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="CCC0D9" w:themeFill="accent4" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="BFB1D0" w:themeFill="accent4" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Sombreadovistoso-nfasis5">
+  <w:style w:type="table" w:styleId="ColourfulShadingAccent5">
     <w:name w:val="Colorful Shading Accent 5"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="71"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="24" w:space="0" w:color="F79646" w:themeColor="accent6"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="EDF6F9" w:themeFill="accent5" w:themeFillTint="19"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
@@ -13133,53 +13992,53 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A5D5E2" w:themeFill="accent5" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Sombreadovistoso-nfasis6">
+  <w:style w:type="table" w:styleId="ColourfulShadingAccent6">
     <w:name w:val="Colorful Shading Accent 6"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="71"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="24" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="F79646" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="F79646" w:themeColor="accent6"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="F79646" w:themeColor="accent6"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FEF4EC" w:themeFill="accent6" w:themeFillTint="19"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
@@ -13248,53 +14107,53 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBD4B4" w:themeFill="accent6" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listavistosa">
+  <w:style w:type="table" w:styleId="ColourfulList">
     <w:name w:val="Colorful List"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="72"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6" w:themeFill="text1" w:themeFillTint="19"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
@@ -13327,53 +14186,53 @@
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listavistosa-nfasis1">
+  <w:style w:type="table" w:styleId="ColourfulListAccent1">
     <w:name w:val="Colorful List Accent 1"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="72"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="EDF2F8" w:themeFill="accent1" w:themeFillTint="19"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
@@ -13406,53 +14265,53 @@
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listavistosa-nfasis2">
+  <w:style w:type="table" w:styleId="ColourfulListAccent2">
     <w:name w:val="Colorful List Accent 2"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="72"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="F8EDED" w:themeFill="accent2" w:themeFillTint="19"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
@@ -13485,53 +14344,53 @@
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listavistosa-nfasis3">
+  <w:style w:type="table" w:styleId="ColourfulListAccent3">
     <w:name w:val="Colorful List Accent 3"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="72"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="F5F8EE" w:themeFill="accent3" w:themeFillTint="19"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
@@ -13564,53 +14423,53 @@
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listavistosa-nfasis4">
+  <w:style w:type="table" w:styleId="ColourfulListAccent4">
     <w:name w:val="Colorful List Accent 4"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="72"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="F2EFF6" w:themeFill="accent4" w:themeFillTint="19"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
@@ -13643,53 +14502,53 @@
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listavistosa-nfasis5">
+  <w:style w:type="table" w:styleId="ColourfulListAccent5">
     <w:name w:val="Colorful List Accent 5"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="72"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="EDF6F9" w:themeFill="accent5" w:themeFillTint="19"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
@@ -13722,53 +14581,53 @@
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listavistosa-nfasis6">
+  <w:style w:type="table" w:styleId="ColourfulListAccent6">
     <w:name w:val="Colorful List Accent 6"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="72"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FEF4EC" w:themeFill="accent6" w:themeFillTint="19"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
@@ -13801,53 +14660,53 @@
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Cuadrculavistosa">
+  <w:style w:type="table" w:styleId="ColourfulGrid">
     <w:name w:val="Colorful Grid"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="73"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -13874,53 +14733,53 @@
         <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Cuadrculavistosa-nfasis1">
+  <w:style w:type="table" w:styleId="ColourfulGridAccent1">
     <w:name w:val="Colorful Grid Accent 1"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="73"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -13947,53 +14806,53 @@
         <w:shd w:val="clear" w:color="auto" w:fill="365F91" w:themeFill="accent1" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="365F91" w:themeFill="accent1" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A7BFDE" w:themeFill="accent1" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A7BFDE" w:themeFill="accent1" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Cuadrculavistosa-nfasis2">
+  <w:style w:type="table" w:styleId="ColourfulGridAccent2">
     <w:name w:val="Colorful Grid Accent 2"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="73"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -14020,53 +14879,53 @@
         <w:shd w:val="clear" w:color="auto" w:fill="943634" w:themeFill="accent2" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="943634" w:themeFill="accent2" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DFA7A6" w:themeFill="accent2" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DFA7A6" w:themeFill="accent2" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Cuadrculavistosa-nfasis3">
+  <w:style w:type="table" w:styleId="ColourfulGridAccent3">
     <w:name w:val="Colorful Grid Accent 3"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="73"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -14093,53 +14952,53 @@
         <w:shd w:val="clear" w:color="auto" w:fill="76923C" w:themeFill="accent3" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="76923C" w:themeFill="accent3" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="CDDDAC" w:themeFill="accent3" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="CDDDAC" w:themeFill="accent3" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Cuadrculavistosa-nfasis4">
+  <w:style w:type="table" w:styleId="ColourfulGridAccent4">
     <w:name w:val="Colorful Grid Accent 4"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="73"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -14166,53 +15025,53 @@
         <w:shd w:val="clear" w:color="auto" w:fill="5F497A" w:themeFill="accent4" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="5F497A" w:themeFill="accent4" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="BFB1D0" w:themeFill="accent4" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="BFB1D0" w:themeFill="accent4" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Cuadrculavistosa-nfasis5">
+  <w:style w:type="table" w:styleId="ColourfulGridAccent5">
     <w:name w:val="Colorful Grid Accent 5"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="73"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -14239,53 +15098,53 @@
         <w:shd w:val="clear" w:color="auto" w:fill="31849B" w:themeFill="accent5" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="31849B" w:themeFill="accent5" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A5D5E2" w:themeFill="accent5" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A5D5E2" w:themeFill="accent5" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Cuadrculavistosa-nfasis6">
+  <w:style w:type="table" w:styleId="ColourfulGridAccent6">
     <w:name w:val="Colorful Grid Accent 6"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="73"/>
     <w:rsid w:val="00CB0664"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -14312,432 +15171,579 @@
         <w:shd w:val="clear" w:color="auto" w:fill="E36C0A" w:themeFill="accent6" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="E36C0A" w:themeFill="accent6" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="RESLAARTTitleEN">
+    <w:name w:val="RESLA_ART_Title_EN"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00901538"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+      <w:b/>
+      <w:sz w:val="36"/>
+      <w:lang w:val="es-ES"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="RESLAARTByline">
+    <w:name w:val="RESLA_ART_Byline"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:smallCaps/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="RESLAARTAffiliation">
+    <w:name w:val="RESLA_ART_Affiliation"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:sz w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="RESLAABSLabel">
+    <w:name w:val="RESLA_ABS_Label"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00901538"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+      <w:b/>
+      <w:smallCaps/>
+      <w:sz w:val="21"/>
+      <w:lang w:val="es-ES"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="RESLAABSText">
+    <w:name w:val="RESLA_ABS_Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="005F72F5"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:sz w:val="21"/>
+      <w:lang w:val="es-ES"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="RESLAKEYLabelEN">
+    <w:name w:val="RESLA_KEY_Label_EN"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00901538"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="3431"/>
+      </w:tabs>
+      <w:spacing w:after="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+      <w:b/>
+      <w:smallCaps/>
+      <w:sz w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="RESLAKEYLineEN">
+    <w:name w:val="RESLA_KEY_Line_EN"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:after="240"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:sz w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="RESLAARTTitleES">
+    <w:name w:val="RESLA_ART_Title_ES"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00901538"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+      <w:b/>
+      <w:bCs/>
+      <w:iCs/>
+      <w:sz w:val="28"/>
+      <w:lang w:val="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="RESLAKEYLabelES">
+    <w:name w:val="RESLA_KEY_Label_ES"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00901538"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+      <w:b/>
+      <w:smallCaps/>
+      <w:sz w:val="21"/>
+      <w:lang w:val="es-ES"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="KEYLineES">
+    <w:name w:val="KEY_Line_ES"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:spacing w:after="240"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:sz w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="RESLATXTBody">
+    <w:name w:val="RESLA_TXT_Body"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="RESLAH1Section">
+    <w:name w:val="RESLA_H1_Section"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E33785"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+      <w:b/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="es-ES"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="RESLAH2Subsection">
+    <w:name w:val="RESLA_H2_Subsection"/>
+    <w:basedOn w:val="RESLAH1Section"/>
+    <w:next w:val="RESLATXTBody"/>
+    <w:qFormat/>
+    <w:rsid w:val="00EE7A36"/>
+    <w:rPr>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="RESLAH3Subsub">
+    <w:name w:val="RESLA_H3_Subsub"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E33785"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="180" w:after="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+      <w:i/>
+      <w:lang w:val="es-ES"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="QUOTEBlock">
+    <w:name w:val="QUOTE_Block"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+      <w:ind w:left="425"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="LSTNumbered">
+    <w:name w:val="LST_Numbered"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="425"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EQUFormula">
+    <w:name w:val="EQU_Formula"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="RESLACAPFigure">
+    <w:name w:val="RESLA_CAP_Figure"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="006E753E"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="360"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:bCs/>
+      <w:i/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="es-ES"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="RESLACAPTable">
+    <w:name w:val="RESLA_CAP_Table"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="0040411F"/>
+    <w:pPr>
+      <w:spacing w:before="360" w:after="120"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="20"/>
+      <w:lang w:val="es-ES"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TABNote">
+    <w:name w:val="TAB_Note"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="008C3F82"/>
+    <w:pPr>
+      <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:sz w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="RESLAACKText">
+    <w:name w:val="RESLA_ACK_Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="240" w:after="120"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:sz w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="REFHeading">
+    <w:name w:val="REF_Heading"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:b/>
+      <w:smallCaps/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="RESLAREFEntry">
+    <w:name w:val="RESLA_REF_Entry"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="006E753E"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="720" w:hanging="720"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:sz w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="APPHeading">
+    <w:name w:val="APP_Heading"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:b/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="FootnoteText">
+    <w:name w:val="footnote text"/>
+    <w:aliases w:val="RESLA_Footnote Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FootnoteTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="006E753E"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="es-ES"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
+    <w:name w:val="Footnote Text Char"/>
+    <w:aliases w:val="RESLA_Footnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="FootnoteText"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="006E753E"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="es-ES"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FootnoteReference">
+    <w:name w:val="footnote reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="008C2685"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="cf01">
+    <w:name w:val="cf01"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00F467FD"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI" w:hint="default"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="cf11">
+    <w:name w:val="cf11"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00F467FD"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI" w:hint="default"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00845C9B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:color w:val="215868" w:themeColor="accent5" w:themeShade="80"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00AD72D5"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="RESLATXTTable">
+    <w:name w:val="RESLA_TXT_Table"/>
+    <w:basedOn w:val="RESLATXTBody"/>
+    <w:qFormat/>
+    <w:rsid w:val="00026D7F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="19"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="es-ES"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="RESLAnormal">
     <w:name w:val="RESLA_normal"/>
     <w:qFormat/>
-    <w:rsid w:val="0033178C"/>
+    <w:rsid w:val="00CF582B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="280" w:lineRule="exact"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="RESLAfirstlevel">
-[...157 lines deleted...]
-  <w:style w:type="character" w:styleId="Nmerodepgina">
+  <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00840E58"/>
-[...50 lines deleted...]
-    <w:next w:val="RESLAAbstract"/>
+    <w:rsid w:val="00E6734F"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="RESLATXTBodyAfterExample">
+    <w:name w:val="RESLA_TXT_Body_After_Example"/>
+    <w:basedOn w:val="RESLATXTBody"/>
+    <w:next w:val="RESLATXTBody"/>
     <w:qFormat/>
-    <w:rsid w:val="00301FCF"/>
-[...2 lines deleted...]
-      <w:ind w:left="284"/>
+    <w:rsid w:val="00BE1A0D"/>
+    <w:pPr>
+      <w:spacing w:before="240"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-      <w:szCs w:val="32"/>
       <w:lang w:val="es-ES"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="RESLAAbstract">
-    <w:name w:val="RESLA_Abstract"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="RESLAExample">
+    <w:name w:val="RESLA_Example"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00C3083F"/>
-[...3 lines deleted...]
-      <w:jc w:val="both"/>
+    <w:rsid w:val="003B20CF"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="es-ES"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="RESLATable">
-[...4 lines deleted...]
-    <w:rsid w:val="00D43172"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="p1">
+    <w:name w:val="p1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="000C0516"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...82 lines deleted...]
-      <w:szCs w:val="18"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-ES" w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:email_to" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -15034,82 +16040,76 @@
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EF278816-EC6F-A645-907D-7F25AECB1D4A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>RESLA.dotx</Template>
+  <Template>RESLA_Journal_Template_Default 1.dotx</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>2987</Characters>
+  <Pages>4</Pages>
+  <Words>272</Words>
+  <Characters>1636</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>24</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>25</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
-[...5 lines deleted...]
-      </vt:variant>
+    <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr/>
+    <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3523</CharactersWithSpaces>
+  <CharactersWithSpaces>1903</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Reviewer</dc:creator>
   <cp:keywords/>
-  <dc:description/>
+  <dc:description>generated by python-docx</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>